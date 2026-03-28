--- v0 (2025-10-05)
+++ v1 (2026-03-28)
@@ -16,12994 +16,13080 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9655" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00846234" w14:paraId="2F8C685D" w14:textId="77777777">
+      <w:tr w:rsidR="001439B7" w14:paraId="3EB818BF" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5CEF9A46" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5C874781" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:shd w:val="clear" w:color="auto" w:fill="B2B2B2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>RELAZIONE  TECNICA</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">  SCIA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6EFE5EEC" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4CCF107B" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:shd w:val="clear" w:color="auto" w:fill="B2B2B2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
-              <w:t>aggiornamento settembre 2025</w:t>
+              <w:t>aggiornamento marzo 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="388C8F87" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+    <w:p w14:paraId="379A3DF7" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
-        </w:rPr>
-[...21 lines deleted...]
-        <w:jc w:val="right"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A6FC1BE" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00306AAD">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>[comune_indirizzo_1]</w:t>
-[...9 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:t>Il Progettista:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C68878B" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00306AAD">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>[comune_indirizzo_2]</w:t>
-[...9 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:t>[progettista_app] [progettista_cognome] [progettista_nome], C.F. [progettista_cf],</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21249A18" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00306AAD">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>[comune_indirizzo_3]</w:t>
-[...32 lines deleted...]
-    <w:p w14:paraId="125B035F" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w:rsidRDefault="005A2FA2" w:rsidP="005A2FA2">
+        <w:t>nato a [progettista_comune_nato] ([progettista_provincia_nato]) il [progettista_data_nato],</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14383FD9" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00306AAD">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Il Progettista:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="489D1825" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w:rsidRDefault="005A2FA2" w:rsidP="005A2FA2">
+        <w:t>residente in [progettista_indirizzo_residenza] [progettista_civico_residenza] – [progettista_cap_residenza] [progettista_comune_residenza] ([progettista_provincia_residenza]), P.IVA [progettista_piva]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF612FE" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00306AAD">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>con studio in [progettista_indirizzo] [progettista_civico] - [progettista_cap] [progettista_comune] ([progettista_provincia]),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="174365BB" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00306AAD">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>progettista_app</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>iscritto al [progettista_albo] di [progettista_albo_prov] n. [progettista_albo_numero], [progettista_telefono] [progettista_cellulare] [progettista_pec] [progettista_email]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FA2670A" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00306AAD">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6457B5A2" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00306AAD">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>] [</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>quale progettista incaricato dal/la Sig./Sig.ra [fisica_cognome] [fisica_nome] di redigere il</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13E0013D" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00306AAD">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>progettista_cognome</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>progetto del quale la presente costituisce parte integrante per opere edilizie in [comune_value]:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="139C3E88" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00306AAD">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>] [</w:t>
-[...845 lines deleted...]
-    <w:p w14:paraId="3E468117" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w:rsidRDefault="005A2FA2" w:rsidP="005A2FA2">
+        <w:t>[elenco_civici.civico_via;block=tbs:listitem] [elenco_civici.civico_civico] [elenco_civici.civico_interno] [elenco_civici.civico_note]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C1791D0" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00306AAD">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F41D16C" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00306AAD">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Censito al catasto CT:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3668"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2087"/>
+        <w:gridCol w:w="3355"/>
+        <w:gridCol w:w="2049"/>
+        <w:gridCol w:w="2310"/>
+        <w:gridCol w:w="1918"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w14:paraId="35CA7FB2" w14:textId="77777777" w:rsidTr="00A0276F">
+      <w:tr w:rsidR="00306AAD" w:rsidRPr="00EC289B" w14:paraId="5134CCFF" w14:textId="77777777" w:rsidTr="00962D81">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="31D31DA8" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="7B0BF59F" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>SEZIONE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1182" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0B2588C1" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="14DAC95A" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>FOGLIO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1146" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="39FC1BF8" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="286B4D73" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>MAPPALE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1147" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="17C9DA5A" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="378700C1" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>NOTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w14:paraId="1D1C20E1" w14:textId="77777777" w:rsidTr="00A0276F">
+      <w:tr w:rsidR="00306AAD" w:rsidRPr="00EC289B" w14:paraId="50416E88" w14:textId="77777777" w:rsidTr="00962D81">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="349190B4" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="005A2FA2" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="71A92727" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="005A2FA2" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A2FA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005A2FA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>elenco_nct.nct_</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005A2FA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>sezione;block</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005A2FA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005A2FA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>tbs:row</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005A2FA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1182" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4F691657" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="014FFF2E" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...21 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[elenco_nct.nct_foglio]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1146" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0D8AF65A" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="74FD2C7F" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...21 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[elenco_nct.nct_particella]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1147" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2719A001" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="2FA10B76" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...21 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[elenco_nct.nct_note]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5B261B66" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w:rsidRDefault="005A2FA2" w:rsidP="005A2FA2">
-[...14 lines deleted...]
-    <w:p w14:paraId="5FF5F2B7" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w:rsidRDefault="005A2FA2" w:rsidP="005A2FA2">
+    <w:p w14:paraId="793A27E0" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00306AAD">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4718BFB9" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00306AAD">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Censito al catasto CU:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2581"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1754"/>
+        <w:gridCol w:w="2579"/>
+        <w:gridCol w:w="1869"/>
+        <w:gridCol w:w="1678"/>
+        <w:gridCol w:w="1753"/>
+        <w:gridCol w:w="1753"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w14:paraId="3F856333" w14:textId="77777777" w:rsidTr="00A0276F">
+      <w:tr w:rsidR="00306AAD" w:rsidRPr="00EC289B" w14:paraId="19277C2C" w14:textId="77777777" w:rsidTr="00962D81">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="796D4E70" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="1B800615" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>SEZIONE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="970" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="71671778" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="1976205C" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>FOGLIO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1AFC4F4E" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="63C41CE5" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t xml:space="preserve">MAPPALE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5C7B2ECA" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="75957539" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>SUBALTERNO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7CBED1D9" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="01BF0B77" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>NOTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w14:paraId="4D891F73" w14:textId="77777777" w:rsidTr="00A0276F">
+      <w:tr w:rsidR="00306AAD" w:rsidRPr="00EC289B" w14:paraId="6462076A" w14:textId="77777777" w:rsidTr="00962D81">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7B3B6E9F" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="1AD35059" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...57 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[elenco_nceu.nceu_sezione;block=tbs:row]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="970" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="320FB476" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="37BE1ED4" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...21 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[elenco_nceu.nceu_foglio]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1F8ADF85" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="13B18336" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...21 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[elenco_nceu.nceu_particella]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2DADC430" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="1C035A14" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...21 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[elenco_nceu.nceu_subalterno]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7E4C3B3A" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="47A3723A" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...21 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[elenco_nceu.nceu_note]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="20885087" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EC289B" w:rsidRDefault="005A2FA2" w:rsidP="005A2FA2">
+    <w:p w14:paraId="1FC36060" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EC289B" w:rsidRDefault="00306AAD" w:rsidP="00306AAD">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="2886050A" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EA16BE" w:rsidRDefault="005A2FA2" w:rsidP="005A2FA2">
+        <w:t>[ubicazione_note]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="455764F3" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="19BD1C6B" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="238257D1" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRDefault="00306AAD">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9655" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00846234" w14:paraId="259C7AB2" w14:textId="77777777">
+      <w:tr w:rsidR="001439B7" w14:paraId="6EED7883" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="06F7FF94" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:p w14:paraId="44C8927F" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>vista anche la documentazione prodotta dal richiedente allegata alla S.C.I.A.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="731487E9" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+          <w:p w14:paraId="5DA8F245" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="75AEE9DB" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:p w14:paraId="35631CA1" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">preso atto di assumere la qualità di persona esercente un servizio di pubblica necessità ai sensi degli articoli 359 e 481 del </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>Codice Penale</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>, consapevole che le dichiarazioni false, la falsità negli atti e l'uso di atti falsi comportano l'applicazione delle sanzioni penali previste dagli artt. 75 e 76 del DPR n. 445/</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>2000,sotto</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve"> la propria responsabilità,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="524E6C45" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:p w14:paraId="364E24FB" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>DICHIARA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7F1BBA27" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+    <w:p w14:paraId="273536CC" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="65C172E9" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F83F7AB" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9645" w:type="dxa"/>
         <w:tblInd w:w="10" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9645"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00846234" w14:paraId="59783BDE" w14:textId="77777777">
+      <w:tr w:rsidR="001439B7" w14:paraId="4008D658" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="49624184" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:p w14:paraId="44C12081" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 1 – Regolarità urbanistica e precedenti edilizi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="749DA875" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+    <w:p w14:paraId="2E13D3DF" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...15 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49B3ED0D" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>a)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>che il rilevo dell'immobile/</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>U.I</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> e la destinazione d'uso riportate negli elaborati grafici allegati alla SCIA, corrispondono fedelmente allo stato attuale dell'immobile stesso;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B45D5CE" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...34 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="1699D9CD" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27454B4A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>b) che l’immobile/U.I. è stato oggetto del seguente / dei seguenti titoli edilizi o pratiche edilizie:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DBDCD5F" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="28662A1B" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(compilare le caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="457C7474" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...27 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="726A0793" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68B19453" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ titolo unico (SUAP) n. ____________ del _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F943327" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ Permesso di costruire/ licenza edilizia/concessione edilizia n. ___________del _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="737B5ACC" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ Autorizzazione edilizia n._______________ del _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E573939" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ Comunicazione edilizia (art. 26 l. n. 47/1985) n._______________ del _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="533B15F3" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ Denuncia di inizio attività n._______________ del _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CC5E7BE" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ DIA/SCIA alternativa al permesso di costruire n._______________ del _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F581D0B" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>□ titolo unico (SUAP) n. ____________ del _______________</w:t>
-[...106 lines deleted...]
-        </w:rPr>
         <w:t>□ Segnalazione certificata di inizio attività n. _______________del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52FC51D8" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="225F119B" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Comunicazione edilizia libera n. _______________ del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34DCB1BF" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="34331C49" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Titolo edilizio in sanatoria con il pagamento della relativa oblazione ed in particolare:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="119BC3E8" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="27D0E01B" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
         <w:t>□ Condono edilizio n. _________del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FB754C1" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="13323F82" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
         <w:t>□ Permesso di costruire in sanatoria di cui agli artt. 36 o 36-bis n. _____________ del ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="573B2FCD" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="09BB0D96" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ SCIA in sanatoria di cui all’art. 36-bis n. _______________ del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14A5B473" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="6804DF2C" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ SCIA in sanatoria per variante in corso d’opera realizzata costituente parziale difformità dal titolo rilasciato prima della data di entrata in vigore della L. 10/1977 n._______________ del ______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3408659D" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="1DF29738" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ altro ____________________________________________ n. _________ del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="412EF69A" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+    <w:p w14:paraId="7E9FF8F6" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="41B73F1F" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A1EE95B" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DFD658D" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+    <w:p w14:paraId="6EEB28CA" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="6D2D8B2A" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E88BA54" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>si tratta di immobile realizzato in un’epoca in cui NON era obbligatorio un titolo abilitativo e pertanto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0740CC43" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6E61068C" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>si allega: _______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BE8DF82" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1B45277E" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FD36EC6" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4708BF5A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D4D4EAA" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+    <w:p w14:paraId="35A1AA7A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="59CF9417" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1615C870" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">non sono disponibili la copia o gli estremi del titolo abilitativo, ma sussiste un principio di prova documentale del medesimo titolo abilitativo e </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>pertanto si allega</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B712960" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+    <w:p w14:paraId="5CB73A6A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="0F4CF463" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C48EA84" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>copia accatastamento di primo impianto o si forniscono i relativi estremi n. _______del_________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16482966" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1459CD61" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>altri documenti probanti (riprese fotografiche, estratti cartografici, documenti di archivio, ecc.) a norma dell’art.9-bis, comma 1-bis, quarto e quinto periodo, d.P.R. n. 380 del 2001</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6968E0B4" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+    <w:p w14:paraId="5428CCCB" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...30 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C455752" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B33BAE2" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>inoltre</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> DICHIARA che lo stato attuale dell’immobile/</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>U.I</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> risulta:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="743C712C" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...36 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="1A953EA1" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A9067C0" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pienamente conforme alla documentazione dello stato legittimo o di fatto legittimato sopra indicata</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BAC93E0" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="40E9129B" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76B1ACF9" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...19 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="487BA6B0" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">in difformità dal titolo edilizio sopra indicato in quanto trattasi </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>di  SCIA</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">  in sanatoria ai sensi dell'art. 36 bis del DPR 380/01 e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>smi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="1945B9EE" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...16 lines deleted...]
-    <w:p w14:paraId="22FAA17A" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+    <w:p w14:paraId="4AB69ABC" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A5AEE3E" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9646" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9646"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00846234" w14:paraId="238261A0" w14:textId="77777777">
+      <w:tr w:rsidR="001439B7" w14:paraId="214F1198" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9646" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="041179C6" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6D72B975" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quadro </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Quadro 2  – </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DESCRIZIONE DETTAGLIATA L'INTERVENTO</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D795A1A" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:p w14:paraId="65419DC9" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(compilazione dettagliata obbligatoria)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5BE80A38" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+    <w:p w14:paraId="7162CB6F" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="6FDCF10A" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76234BA5" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...11 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>___________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
-[...18 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:t>_________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4319EF8E" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55B75640" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+    <w:p w14:paraId="5507E2BE" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A9269CB" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Che le opere previste, con riferimento al comma 1 dell'art. 19 della L. 241/90, sono documentate negli allegati elaborati tecnici previsti dalle specifiche norme di settore nonché necessari per consentire le verifiche di competenza degli uffici comunali.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18DDF1FC" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="4DF15142" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9645" w:type="dxa"/>
         <w:jc w:val="right"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9645"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00846234" w14:paraId="2ED6B6D4" w14:textId="77777777">
+      <w:tr w:rsidR="001439B7" w14:paraId="1F042B9B" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="159922BF" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3DC739E0" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 3 – Destinazioni d'uso del P.U.C. (fascicolo ST1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7E30BAC1" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...27 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="7E099BFE" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51B25270" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Che la destinazione d'uso dell'immobile/U.I., con riguardo alle definizioni di cui all'art. 7 del P.U.C. di cui al Fascicolo ST1 – Struttura del Piano </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>-  Normativa</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Generale di Attuazione Norme di settore – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>è la seguente:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0437EF0A" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...16 lines deleted...]
-    <w:p w14:paraId="70D9FDF0" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="41117392" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="558B7C8F" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="226"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="113"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>DESTINAZIONE ATTUALE:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75EFDFF0" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="63364F97" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Residenziale </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E6EEEDB" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="3598454C" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  1</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – residenza</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50CDF3FE" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...16 lines deleted...]
-    <w:p w14:paraId="0816261A" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2DA74E9A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="067F2332" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Attività di connettivo urbano</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54C06A38" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5675DFF2" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – botteghe artigiane o laboratori (ad </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> lavanderie, servizi per l'igiene e l'estetica, parrucchieri ed affini, studi fotografici, artigianato artistico)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74B7B7B7" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="031D3C41" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  3</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – pubblici esercizi (ristorazione, intrattenimento sale gioco ecc..) edicole, rivendita di monopoli, farmacie;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="470FCB5C" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="139D4E53" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  4</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – funzioni di servizio alle persone e imprese (studi professionali, agenzie di viaggio, istituti di credito, assicurazioni, agenzie immobiliari, finanziarie </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>ecc...</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43F96735" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...16 lines deleted...]
-    <w:p w14:paraId="51F92D7A" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="14D28F4A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CCFB8C9" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Distribuzione al dettaglio</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F527743" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="77F0EBFB" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  5</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – esercizi commerciali e strutture di vendita</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79B62C4A" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...16 lines deleted...]
-    <w:p w14:paraId="5CCE02C0" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7099EADA" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BD391F9" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Attività direzionali</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="664C60EE" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="5E93E322" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  6</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – aggregazione di uffici ed attività direzionali</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B2F7ADB" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...16 lines deleted...]
-    <w:p w14:paraId="0788E8B9" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6A7D7BD8" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B050E45" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Attività ricettive</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A54A76C" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="3C01501F" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  7</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – ricettività alberghiera e all'aria aperta</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CA7A624" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="196B9433" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  8</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – albergo tradizionale</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="169D66A2" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="4F212153" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  9</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – struttura ricettiva extra alberghiera</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F770721" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...16 lines deleted...]
-    <w:p w14:paraId="04595243" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="45083ADA" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67C6A4E5" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Attività Produttive, industria </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>artigianato  e</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> distribuzione all'ingrosso merci</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71B57C93" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="4AB0CE04" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  10</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>– industrie (compreso laboratori uffici tecnici e amministrativi, spazi espositivi)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A7901FF" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="7BDC4DB6" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  11</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – artigianato (compreso laboratori uffici tecnici e amministrativi, spazi espositivi)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F4E715F" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="4D9E2C4A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  12</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – commercio all'ingrosso</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F602C45" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="4815DF62" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  13</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>depositi  industriali</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ed artigianali e funzionali al commercio</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="178F1621" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="0A279DE7" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  14</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – autoparchi e aree di stazionamento e movimentazione di container</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6750B944" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="2CE15E97" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  15</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – assistenza alla mobilità veicolare, impianti di distribuzione carburanti</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EE05845" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="5CF69F1F" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  16</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – assistenza alla mobilità veicolare, quali officine, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>gommisti ,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> carrozzieri, autotrasportatori e simili</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FA71E7E" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+    <w:p w14:paraId="7C43410C" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="69498FED" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B2372EE" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Attività Agricole</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59FCDAD1" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  17</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>–  residenza</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> connessa con la conduzione del fondo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54637345" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  18</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>strutture per il ricovero delle attrezzature e per l'immagazzinamento e la prima trasformazione dei prodotti agricoli tratti dai fondi limitrofi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0649F4C3" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  19</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>stalle, locali per l'allevamento o il ricovero di animali</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E3F9662" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  20</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">commercio al minuto di prodotti agricoli locali, con </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>S.n.v</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>. non superiore a 100 mq</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48791A9F" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:t>□  21</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Agriturismo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68FF2A9D" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  22</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Serre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2012B59C" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08CDDCB8" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Attività estrattive – ciclo rifiuti</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C99376A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  23</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – cave ed attività estrattive</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CEFBCAA" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  24</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">impianti di trattamento inerenti </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>il</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ciclo rifiuti, ivi comprese le discariche per rifiuti inerti</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1425B9D3" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06569512" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Urbanizzazione</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42A1769B" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  25</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – urbanizzazione primaria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="474FF272" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  26</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – urbanizzazione secondaria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6114ECF5" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  27</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – edifici, manufatti ed aree pubbliche</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AD36245" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A6DE728" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Attività private di valenza generale</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0549A733" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  28</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – centri sociali, culturali e religiosi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75A015CF" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  29</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – istruzione privata</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19718E94" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  30</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – teatri, cinema e sale di spettacolo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3477784B" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  31</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – strutture sportive o ricreative private</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="664E9562" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  32</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>–  attività</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sanitarie e assistenziali </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>private  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cliniche private, case di riposo)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FC5BD05" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FF162A7" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="226"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="113"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DICHIARO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A6261A2" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="226"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="113"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(compilare obbligatoriamente il caso in cui ricade)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B4849D5" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="226"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="113"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F45633E" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) □ le opere previste </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>non comportano cambio d'uso</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(nel caso, non compilare la successiva parte del Quadro 3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33FD2CE6" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12B03233" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>oppure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C827C50" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04E7BBDE" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>b) □</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">le opere previste </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>comportano cambio d'uso funzionale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(art.13 della LR 16/08)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>senza esecuzione di opere</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="491EECF8" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b1) □ le opere previste </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>comportano il cambio d'uso con contestuale all'esecuzione di opere edilizie in una zona omogenea DIVERSA dalla zona “A”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>di cui alla classificazione del DM 1444/68</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4275BE36" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>b2) □</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">le opere previste </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">comportano il cambio d'uso non rilevante </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ovvero SENZA passaggio a diversa categoria funzionale (art.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>13  della</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LR 16/08) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>con contestuale esecuzione di opere edilizie in una zona omogenea “A”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>di cui alla classificazione del DM 1444/68</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A0EE879" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68F92F0A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="226"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="113"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A8E7E9B" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DESTINAZIONE IN </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>PROGETTO :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="079BD056" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(da compilarsi solo in caso di risposta 2) o 3) alle righe precedenti)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F94266A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Residenziale </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7192B308" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – residenza</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23EB23EF" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0ECE3C34" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Attività di connettivo urbano</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18E84918" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 – botteghe artigiane o laboratori (ad </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lavanderie, servizi per l'igiene e l'estetica, parrucchieri ed affini, studi fotografici, artigianato artistico)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2248EC05" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  3</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – pubblici esercizi (ristorazione, intrattenimento sale gioco ecc..) edicole, rivendita di monopoli, farmacie;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62934E89" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ 4 – funzioni di servizio alle persone e imprese (studi professionali, agenzie di viaggio, istituti di credito, assicurazioni, agenzie immobiliari, finanziarie </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ecc...</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4838CBFD" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45F68A2B" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Distribuzione al dettaglio</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E1F649F" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 5 – esercizi commerciali e strutture di vendita</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3563E8CD" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54E6CD6C" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Attività direzionali</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="356396FB" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 6 – aggregazione di uffici ed attività direzionali</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48A3E07E" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51E81C49" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Attività ricettive</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5092068B" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 7 – ricettività alberghiera e all'aria aperta</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D11DD2A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 8 – albergo tradizionale</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="015E3F7F" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>□ 9 – struttura ricettiva extra alberghiera</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17B69733" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52D32B83" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Attività Produttive, industria </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>artigianato  e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> distribuzione all'ingrosso merci</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A391779" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ 10– industrie </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>( compreso</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laboratori uffici tecnici e amministrativi, spazi espositivi)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B4634B4" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ 11 – artigianato </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>( compreso</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laboratori uffici tecnici e amministrativi, spazi espositivi)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F60BC9F" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 12 – commercio all'ingrosso</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D311ACC" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ 13 – </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>depositi  industriali</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ed artigianali e funzionali al commercio</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FDDC152" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 14 – autoparchi e aree di stazionamento e movimentazione di container</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794E7659" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 15 – assistenza alla mobilità veicolare, impianti di distribuzione carburanti</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="521F356F" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ 16 – assistenza alla mobilità veicolare, quali officine, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>gommisti ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> carrozzieri, autotrasportatori e simili</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1251BBF8" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64A4C7FF" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
         <w:t>Attività Agricole</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4623743A" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="2099769A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>□  17</w:t>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>17  –</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  residenza connessa con la conduzione del fondo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A67BA2D" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ 18 – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>strutture per il ricovero delle attrezzature e per l'immagazzinamento e la prima trasformazione dei prodotti agricoli tratti dai fondi limitrofi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="385E2E15" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 19 –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>stalle, locali per l'allevamento o il ricovero di animali</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="101ABE63" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ 20 – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>commercio al minuto di prodotti agricoli locali, con Superficie netta di vendita (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>S.n.v</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>) non superiore a 100 mq</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D069EE0" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 21 – Agriturismo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3209D915" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 22 – Serre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ED9CF13" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44E9DA94" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Attività estrattive – ciclo rifiuti</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A732EF7" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>–  residenza</w:t>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  23</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="592EBBF2" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – cave ed attività estrattive</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FDD9359" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>□  18</w:t>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  24</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...11 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">impianti di trattamento inerenti </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-        <w:t>□  19</w:t>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>il</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ciclo rifiuti, ivi comprese le discariche per rifiuti inerti</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="426A7A19" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09DAF6D7" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Urbanizzazione</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="303C3CD8" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>□  20</w:t>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  25</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – urbanizzazione primaria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11F700CA" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  26</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – urbanizzazione secondaria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE60273" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  27</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – edifici, manufatti ed aree pubbliche</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51F8D10A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">commercio al minuto di prodotti agricoli locali, con </w:t>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51784F9D" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Attività private di valenza generale</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F9311DB" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  28</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – centri sociali, culturali e religiosi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1820AD8B" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  29</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – istruzione privata</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38AE5CB4" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  30</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – teatri, cinema e sale di spettacolo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14272981" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  31</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – strutture sportive o ricreative private</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D6FF19C" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  32</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>–  attività</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sanitarie e assistenziali </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>private  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>cliniche private, case di riposo)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A94CCE9" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0985B4F4" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="697BB1DB" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Il cambio d'uso in progetto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>è</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>attuabile</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in quanto la funzione/attività prevista è ammessa </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>per  l'ambito</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...5 lines deleted...]
-        <w:t>S.n.v</w:t>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>R_______Sub</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...23 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ambito _______ delle tabelle di cui al Fascicolo ST2 delle Norme di </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...4 lines deleted...]
-        <w:t>□  21</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Attuazioni  del</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...830 lines deleted...]
-    <w:p w14:paraId="088FDF95" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> P.U.C. - Struttura del Piano Ambiti e distretti – norme di conformità – regole di congruenza - in cui l'immobile/UI ricade</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="496307C2" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...2133 lines deleted...]
-    <w:p w14:paraId="30EE0C35" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="772D7836" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9655" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00846234" w14:paraId="75372089" w14:textId="77777777">
+      <w:tr w:rsidR="001439B7" w14:paraId="4DCC00D5" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="37572A77" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2669AE8C" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 4 – Piano Urbanistico Comunale – P.U.C.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2604EF93" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3F59FF4F" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> ST1 Struttura del Piano - Normativa Generale di </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> norme di settore</w:t>
+              <w:t xml:space="preserve"> ST1 Struttura del Piano - Normativa Generale di Attuazione  - norme di settore</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="266793CD" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7AA45A5A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ST2 Struttura del Piano - Ambiti e Distretti- norme di conformità - regole di congruenza</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E9DD831" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0E2B3B0A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ST3 Struttura del Piano – Ambiti del territorio extraurbano - norme di conformità</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="387BBCE6" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2B84AA5A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ST4 Struttura del Piano - Interventi sul Patrimonio Costruito - norme di conformità</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E0A8902" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1B880F9F" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ST5   Struttura del Piano - Interventi sul Patrimonio Costruito - norme di conformità</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5EE83010" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...36 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="2648BC74" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F727625" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>ST1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="751D5070" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...64 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="752B58A2" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>X</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l'intervento è conforme alle norme di cui al fascicolo ST1 del P.U.C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AF42DF9" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24946B52" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>ST2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA9C3A9" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...57 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="6CE5F5AA" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>X</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l'intervento è conforme alle norme di cui al fascicolo ST2 del P.U.C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D0E6288" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BE6EB46" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">ST3 (ambito extraurbano – zone agricole E – </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Ep</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Mes – An - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Tni</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4470F4A9" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="24DCBD8A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>l'intervento</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> non è soggetto alle verifiche di conformità alle norme di cui al fascicolo ST3 del P.U.C.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C66C47F" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="43601A32" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>l'intervento</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> è conforme alle norme di cui al fascicolo ST3 del P.U.C.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D8D1274" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...36 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="58D9B971" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33AC169E" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>ST4 (ambiti urbani)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B6CEF4D" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6BEC7AD2" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>l'intervento</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> non è soggetto alle verifiche di conformità alle norme di cui al fascicolo ST4 del P.U.C.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D253FF4" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6A30B8CE" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>che</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> l'intervento è conforme alle norme di cui al fascicolo ST4 del P.U.C.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29134B89" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...36 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="6A2EB40A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CBDD17B" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>ST5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58CE704A" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="391A1A1A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>l'intervento</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> non è soggetto alle verifiche di conformità alle norme di cui al fascicolo ST5 del P.U.C.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02B6B1BC" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="396816AF" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35CD2D86" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="693B1D1A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ le opere conformi alla normativa puntuale di P.T.C.P. Di cui al fascicolo ST5 relativamente al sub-ambito ______ in cui l'immobile ricade;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B583850" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="1BD84D02" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ le opere sono in deroga alla normativa puntuale di P.T.C.P. di cui al fascicolo ST5 in quanto il progetto e la richiesta di deroga sono stati valutati positivamente dalla Commissione Edilizia nella seduta del ______________ ed è stata rilasciata la deroga con nota prot. ____________ del _______________;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22751C3F" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...14 lines deleted...]
-    <w:p w14:paraId="01C965CC" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+    <w:p w14:paraId="540F020B" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ECE424D" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9655" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00846234" w14:paraId="56469BA0" w14:textId="77777777">
+      <w:tr w:rsidR="001439B7" w14:paraId="0831B18C" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2652EC79" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:p w14:paraId="29D269CD" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Quadro 5 </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Edilizio vigente </w:t>
+              <w:t xml:space="preserve">Quadro 5 -  Regolamento Edilizio vigente </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Delibera C.C. n°47 del 13/11/2017)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6DCD2669" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...29 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="7574F3B1" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22B5B11B" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ l'intervento è conforme al Regolamento Edilizio;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38A562C7" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2F58308D" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BCB4BD4" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="654B5F98" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ l'intervento è</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="C9211E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>in deroga all'art. ______________del Regolamento Edilizio vigente in quanto il progetto e la richiesta di deroga è stata rilasciata la deroga con nota prot. ____________ del _______________;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0128CE33" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+    <w:p w14:paraId="179F4A46" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="C9211E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="157B2743" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54F1232A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9655" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00846234" w14:paraId="37803A00" w14:textId="77777777">
+      <w:tr w:rsidR="001439B7" w14:paraId="1ED96F4E" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="431"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="309DF9AD" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:p w14:paraId="41DEE3E4" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Quadro 6 - Norme igienico-sanitarie</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4D3DF385" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...36 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="168FD622" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2716A52E" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">L'intervento:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0229698B" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="2ACB8C7C" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ non è assoggettato alla verifica del rispetto dei requisiti igienico-sanitari </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(nel caso, non compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09C2B6A4" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5DD9426B" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DE56D74" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="72D5E6BF" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ è assoggettato alla verifica del rispetto dei requisiti igienico-sanitari e</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35A4A445" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="13023276" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="454"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="454"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>non comporta valutazioni tecnico-discrezionali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> e pertanto se ne autocertifica la conformità in merito ai requisiti igienico-sanitari definiti dai regolamenti locali;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="083EAAF2" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5656A31F" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="454"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="454"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>comporta valutazioni tecnico-discrezionali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> e pertanto è stato rilasciato _____________________ della ______________________ con </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>nota protocollo</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ___________del ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6730C6CD" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="54BCB653" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55478BDA" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="66AB74BA" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">l'intervento rientra nell'ipotesi di cui all'art. 11 comma 1 della LR 16/2008 e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>smi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> in quanto non è possibile </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>rispettare  i</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> requisiti igienico-sanitari stabiliti dal Regolamento Edilizio e dalle norme regionali e nazionali, come da specifica dichiarazione del sottoscritto allegata alla SCIA, che documenta l'esistenza delle condizioni ivi previste e attesta il complessivo miglioramento delle </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>condizioni  igienico</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>-sanitarie preesistenti.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34CCFAD2" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...9 lines deleted...]
-    <w:p w14:paraId="36BF0ED9" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+    <w:p w14:paraId="5AA9F6F5" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45740AB7" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9655" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00846234" w14:paraId="3315CED6" w14:textId="77777777">
+      <w:tr w:rsidR="001439B7" w14:paraId="1EAA6BCC" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5AA97C63" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0FCBF609" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 7 – Barriere architettoniche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="66ACBEA8" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+    <w:p w14:paraId="0AF63140" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...26 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21CC2A4F" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
         <w:t>L'intervento:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08D46A21" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="307FEC2C" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>a)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  NON</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> è soggetto alle prescrizioni degli art. 77 del D.P.R. 380/2001 e del D.M. 236/1989 e dell'art. 80 del Regolamento Edilizio </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(specificare) _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57F8339A" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="369414CC" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67E07CF3" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...20 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="69EEB484" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(nel caso, non compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A266699" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...29 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="05902710" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06375500" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ è soggetto alle </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>prescrizioni  degli</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>art. 77 del D.P.R. 380/2001</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> / del </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>D.M. 236/1989 /</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>art. 80 del Regolamento Edilizio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> e come da allegata relazione e schemi grafici dimostrativi, e specifica dichiarazione di conformità, e soddisfa il requisito di:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DF5B1A0" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="13C49FB8" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="510"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="510"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>accessibilità</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65AC3904" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="79300A97" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="510"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="510"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>visitabilità</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B142BE4" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="43133E43" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="510"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="510"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ adattabilità</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE490B5" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="54487079" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E906984" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="7A0FAD84" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ pur essendo soggetto alle prescrizioni degli </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>art. 77 del D.P.R. 380/2001</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> / del </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>D.M. 236/1989 /</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> dell'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>art. 80 del Regolamento Edilizio,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> NON rispetta la normativa in materia di barriere </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>architettoniche pertanto</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> è stata ottenuta la relativa deroga (nota prot.___________ del___________)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="752CA6DF" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+    <w:p w14:paraId="46809FCF" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="C9211E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="4D0AA283" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F7F8F9B" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="C9211E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9655" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00846234" w14:paraId="7BAF3F2F" w14:textId="77777777">
+      <w:tr w:rsidR="001439B7" w14:paraId="1B7867A0" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2C094BD7" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6BB50B1E" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 8 – Codice della strada</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D17E43D" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+    <w:p w14:paraId="752C23FD" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...17 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="396D89F6" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ l'intervento non è soggetto alla verifica del </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>rispetto  del</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Codice della Strada – </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>D.Lgs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> 285/92 e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>s.m.i.</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> e relativo Regolamento attuativo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(nel caso, non compilare casella successiva)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39A98024" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...16 lines deleted...]
-    <w:p w14:paraId="36A5C9B5" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3A526F52" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0785652C" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1137FC6C" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="23870E4C" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ l'intervento è conforme al Codice della Strada – </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>D.Lgs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> 285/92 e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>s.m.i.</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> e relativo Regolamento attuativo;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BDB82A5" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="0F3C2DC3" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(specificare) ____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F2FAB64" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...43 lines deleted...]
-    <w:p w14:paraId="5541EB17" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+    <w:p w14:paraId="12B45581" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B40EA2A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9645" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9645"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001439B7" w14:paraId="6FBA3487" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="74641EDA" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Quadro 9 – Informazione relative all'esistenza di impianti termici centralizzati</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="400089FB" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(Da compilare in caso di interventi relativi ad unità immobiliari poste all'interno di stabili plurifamigliari)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="557E10C8" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6056BEAB" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>che l'unità immobiliare oggetto d’intervento è posta in uno stabile:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ADD832E" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EFE6C7B" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ servito da impianto termico centralizzato</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21946C66" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ servito </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>da  impianto</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> termico non centralizzato</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="560F43FE" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ (casi particolari </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>specificare)_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22B0574B" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6211A0ED" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9659" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9659"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00846234" w14:paraId="4CC4B79D" w14:textId="77777777">
+      <w:tr w:rsidR="001439B7" w14:paraId="0DA0E530" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5CE4B370" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:p w14:paraId="59578547" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Quadro </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> PGRA - Piano Gestione Rischio Alluvioni – R.R. 20/6/2025 n.1</w:t>
+              <w:t>Quadro 10 - PGRA - Piano Gestione Rischio Alluvioni – R.R. 20/6/2025 n.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="31C4D967" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+    <w:p w14:paraId="70852798" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Helvetica-Bold" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F4CE529" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ opera </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>NON soggetta a verifica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(nel caso, non compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74C5E95B" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...11 lines deleted...]
-    <w:p w14:paraId="67963048" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="040021F3" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="142328C5" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...11 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>----------------------  OPPURE</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ---------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23DFB79A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="589364F6" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ opera </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>soggetta a verifica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> relativa ad immobile/area:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29951F4A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58DE1F44" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>NON ricompreso/a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in nessuna fascia di pericolosità alluvionale fluviale o costiera, di rispetto o di riassetto </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fluviale;  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>nel caso, non compilare caselle successive)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C62552F" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07C72D7A" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...63 lines deleted...]
-        <w:t xml:space="preserve">, di rispetto o di riassetto </w:t>
+    <w:p w14:paraId="436AD1FA" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="482"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ricompresa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in area a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pericolosità Alluvionale Fluviale di cui all'art 5, 6, e 7 del R.R. n.1 del </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>20/6/</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="21"/>
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="74063EDB" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EA64C00" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="1071"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ Elevata P3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CBE59F7" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="1071"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ Media P2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D8E3AE2" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="1071"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ Bassa P1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0475EE5C" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B45F572" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="471"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ricompresa </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nella </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>fascia di rispetto del corso d’acqua</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non compreso nei tratti studiati idraulicamente </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">di cui all'art 13 del R.R. n.1 del </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>20/6/2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da misurarsi ai sensi del R.R n. 3/2011 ed individuati nella cartografia del Reticolo regionale approvata dalla Regione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ed in particolare:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>(</w:t>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(compilare le caselle </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>successive)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05E5EED5" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="610821BE" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="1136"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ all'interno della fascia di rispetto del reticolo idrografico Primo Livello (40m)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="100350FD" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="1136"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ all'interno della fascia di rispetto del reticolo idrografico Secondo Livello (20m)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A46C104" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="1136"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ all'interno della fascia di rispetto del reticolo idrografico Terzo Livello (10m)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37679EC1" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="1136"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ all'interno della fascia di rispetto del reticolo idrografico di un </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>corso  d'acqua</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...240 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> classificati, ai sensi della lett. c), c. 1bis, art. 91, LR 18/1999, come IBRIDO (10m)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D4225F6" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DB70BA9" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="493"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ricompresa </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in area a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pericolosità Alluvionale Costiera di cui all'art 8 e 9 del R.R. n.1 del </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>20/6/2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(compilare le caselle successive</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42471C33" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="493"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="355DC221" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D11A725" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="1168"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ Elevata P3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69460F61" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="2196"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ ricompresa in area di spiaggia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FC8ED61" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="2196"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ non ricompresa in area di spiaggia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A4786B8" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="510"/>
-      </w:pPr>
-[...49 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45080A93" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="1157"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ Media P2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="608A790D" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="2207"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ ricompresa in area di spiaggia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B52C4C9" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="2207"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ non ricompresa in area di spiaggia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71541D6C" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42F9A03C" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="493"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ricompresa </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nella fascia di </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">riassetto fluviale di cui all'art 12 del R.R. n.1 del </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>20/6/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D84FC21" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71C97220" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="525"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>CONFORMITA’:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="582C2471" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="525"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alla luce delle suddette attestazioni e della relativa normativa di riferimento, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>il sottoscritto dichiara espressamente che:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="307EF5C4" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11A73D91" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="546"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>l'intervento previsto NON AUMENTA LA VULNERABILITA’ del patrimonio edilizio esistente in caso di eventi alluvionali e pertanto:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F1A397" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="546"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>corso  d'acqua</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l’intervento</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...72 lines deleted...]
-          <w:iCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> è ammesso e conforme alla normativa di cui al R.R. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>20/6/2025 n.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C1DAF5F" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="546"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>l’intervento è</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ininfluente </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(esplicitare eventuali note, considerazioni in relazione al tipo di intervento previsto in rapporto alla normativa dei piani di gestione alluvionale)________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49DDAF58" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="589CA918" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="579"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(compilare le caselle successive</w:t>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...235 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...219 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(da barrare sempre in caso di interventi in area di pericolosità da alluvione fluviale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:iCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D0FEDAA" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="579"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  l’intervento</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in progetto NON PREGIUDICA la sistemazione idraulica definitiva del corso d’acqua, NON AUMENTA la pericolosità di inondazione ed il rischio connesso, sia localmente, sia a monte che a valle, e NON COSTITUISCE SIGNIFICATIVO OSTACOLO al deflusso delle acque di piena, e NON RIDUCE la capacità di invaso delle aree stesse;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="371D5479" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="579"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B3E64E5" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="579"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...15 lines deleted...]
-        <w:pStyle w:val="Standard"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(da barrare sempre in caso di interventi in area di pericolosità da alluvione costiera)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23B19536" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="579"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>□  l’intervento</w:t>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  L</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...66 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">' intervento a progetto </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>□  L</w:t>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>non  pregiudica</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...16 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> l’effetto dissipativo della spiaggia, non costituisce un significativo ostacolo alla dissipazione del moto ondoso, non aumenta la pericolosità di inondazione ed il rischio connesso nelle aree limitrofe</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BD005C1" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...25 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="6EB6015F" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="579"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="575F81A9" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="579"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...83 lines deleted...]
-        <w:t xml:space="preserve"> trasmette in allegato alla pratica edilizia, la specifica documentazione tecnica, atta a dimostrare che </w:t>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>L’intervento ricade tra quelli soggetti alla preventiva verifica comunale o parere vincolante dell’ufficio regionale competente, ai sensi dell'art. 14 del R.R.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20/6/2025 n.1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ossia </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">interventi di tipo urbanistico-edilizio ricadenti in area confinante con i limiti delle aree a diversa pericolosità P1, P2 e P3, rispetto alle aree in cui ricadono gli interventi stessi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pertanto </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">si trasmette in allegato alla pratica edilizia, la specifica documentazione tecnica, atta a dimostrare che </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>le opere non comportano variazioni nelle condizioni di pericolosità da alluvione</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...31 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in caso di </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>interventi di demolizione e ricostruzione o di trasformazione morfologica, al fine dell'acquisizione del parere vincolante dell’ufficio regionale competente</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05FE1CD2" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00A45166" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9659" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9659"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00846234" w14:paraId="04F3C00E" w14:textId="77777777">
+      <w:tr w:rsidR="001439B7" w14:paraId="5D84010F" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3D0BB38B" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3AD376DE" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Quadro 10 -Fasce di inedificabilità assoluta - R.R. n.3 del 14 luglio 2011</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Quadro 11 - Fasce di inedificabilità assoluta - R.R. n.3 del 14 luglio 2011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="161B836C" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...34 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="2C297CA9" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EA01B90" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ l'intervento</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NON ricade in fascia </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>di inedificabilità assoluta</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="52D941AD" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F4E37AE" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26BAFC48" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...32 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>ricade :</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>----------------------  OPPURE</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ---------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E6D298D" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CDFE66E" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ l'intervento</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ricade</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="293AF3BC" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6497EC7D" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ nella fascia di inedificabilità assoluta (10m</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>),  da</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> misurarsi ai sensi del R.R 3/2011, del corso d'acqua di primo, secondo e terzo livello</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55A52F77" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="33587238" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D1ABC9A" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="63229D04" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ nella fascia di inedificabilità assoluta (3m) da misurarsi ai sensi del R.R 3/2011 appartenente al reticolo minuto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45C227A7" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...12 lines deleted...]
-          <w:tab w:val="left" w:pos="0"/>
+    <w:p w14:paraId="41EE9804" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="794AAB10" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="706"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="57"/>
+        <w:ind w:left="706"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>pertanto</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> l'esecuzione delle opere previste è subordinata al rilascio dell'autorizzazione/nulla osta ai fini idraulici regionale</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ai sensi del Regio Decreto 25/7/1904 n.523 e dell'art. 5 comma 1 del R.R. 14 luglio 2011 n. 3, a tal fine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">si allega </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>specifica istanza secondo la modulistica regionale che il Comune provvederà ad inoltrare alla Regione stessa come previsto dalla DGR 1205 del 27-12-19.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B643726" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+    <w:p w14:paraId="40918E4E" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="57"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5EA49374" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+    <w:p w14:paraId="2B0D2C2A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="57"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9659" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9659"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00846234" w14:paraId="738DD0BA" w14:textId="77777777">
+      <w:tr w:rsidR="001439B7" w14:paraId="227937B7" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6AB9C37F" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+          <w:p w14:paraId="33641B54" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Quadro 11 PAI - Piano Assetto Idrogeologico</w:t>
+              <w:t>Quadro 12 PAI - Piano Assetto Idrogeologico</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="228D577F" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...24 lines deleted...]
-        <w:t xml:space="preserve">a) □ opera NON SOGGETTA a verifica </w:t>
+    <w:p w14:paraId="1F5B24ED" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06A4497B" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) □ opera </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>NON SOGGETTA a verifica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(nel caso, non compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="140558A2" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...157 lines deleted...]
-          <w:iCs/>
+    <w:p w14:paraId="67A39BB1" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A98D55B" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>----------------------  OPPURE</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ---------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="243DC7CC" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71269860" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b) □ opera </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>soggetta a verifica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> relativa ad immobile/area ricadente nella seguente classe:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60AEBB54" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
-[...28 lines deleted...]
-    <w:p w14:paraId="29600A69" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
+    <w:p w14:paraId="70B08EB6" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="624"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="647C350F" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ pericolosità moderata (P1) - aree stabili con suscettibilità da dissesti di natura geomorfologica moderata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="405FD56D" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="624"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">□ pericolosità molto elevata (P4) - aree instabili interessate da dissesti di natura geomorfologica attivi: </w:t>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ pericolosità media (P2) suddivise in due sottoclassi:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="378B936F" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="624"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00A3E531" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="1247"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ (P2a) - aree stabili interessate da dissesti di natura geomorfologica che risultano stabilizzate naturalmente o artificialmente;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A9C3071" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="1247"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ (P2b) - aree stabili interessate da suscettibilità di natura geomorfologica media;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44FB15E6" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="624"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F83FC65" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="624"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ pericolosità elevata (P3) suddivise in due sottoclassi: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C0C7544" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="35769D23" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="1304"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ (P3a) – aree potenzialmente instabili interessate da dissesti di natura geomorfologica;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="227717AA" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="1304"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ (P3b) - aree potenzialmente instabili interessate da suscettibilità da dissesti di natura         geomorfologica elevata</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD3A754" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="624"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BC721CC" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="624"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ pericolosità molto elevata (P4) - aree instabili interessate da dissesti di natura geomorfologica attivi: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(compilare caselle successive)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3168789C" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="1304"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>area speciale di tipo A</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54FB6BFF" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0FE7C8EC" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="1304"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>area speciale di tipo B1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C6AFB9D" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4A13CDD1" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:ind w:left="1304"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>area speciale di tipo B2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F43980B" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="74CB9AB9" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41FB9634" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>CONFORMITA’:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(da compilare sempre)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F33F9D6" w14:textId="77777777" w:rsidR="00846234" w:rsidRDefault="00846234">
-[...20 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="6BBE316A" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A7A9841" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Alla luce delle suddette attestazioni e della relativa normativa di riferimento, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>il sottoscritto dichiara espressamente che le opere a progetto sono ammesse dalla disciplina di PAI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...29 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e possono essere realizzate nel rispetto della disciplina del suddetto Piano.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C2FF36B" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="669A28CF" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="102"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="75" w:type="dxa"/>
           <w:left w:w="75" w:type="dxa"/>
           <w:bottom w:w="75" w:type="dxa"/>
           <w:right w:w="75" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4144"/>
-        <w:gridCol w:w="5494"/>
+        <w:gridCol w:w="4142"/>
+        <w:gridCol w:w="5490"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A2FA2" w:rsidRPr="00EA16BE" w14:paraId="07EDD447" w14:textId="77777777" w:rsidTr="00A0276F">
+      <w:tr w:rsidR="00306AAD" w:rsidRPr="00EA16BE" w14:paraId="30D5DCE9" w14:textId="77777777" w:rsidTr="00962D81">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2150" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76CCD7A7" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EA16BE" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="51EE0DF8" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EA16BE" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA16BE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...31 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[comune_value], [data_stampa_domanda]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2850" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B7A2518" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EA16BE" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="349AC720" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EA16BE" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A2FA2" w:rsidRPr="00EA16BE" w14:paraId="53B73192" w14:textId="77777777" w:rsidTr="00A0276F">
+      <w:tr w:rsidR="00306AAD" w:rsidRPr="00EA16BE" w14:paraId="7809B571" w14:textId="77777777" w:rsidTr="00962D81">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2150" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49F55101" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EA16BE" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="178898A9" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EA16BE" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2850" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63316974" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EA16BE" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="6E553FD8" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EA16BE" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA16BE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Il Progettista </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79A77C07" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EA16BE" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="577F2100" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EA16BE" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA16BE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...31 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[progettista_cognome] [progettista_nome]</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="294E002C" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EA16BE" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="4321ED9E" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EA16BE" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3069538E" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRPr="00EA16BE" w:rsidRDefault="005A2FA2" w:rsidP="00A0276F">
+          <w:p w14:paraId="07A5A077" w14:textId="77777777" w:rsidR="00306AAD" w:rsidRPr="00EA16BE" w:rsidRDefault="00306AAD" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA16BE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>___________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="35F596B7" w14:textId="77777777" w:rsidR="005A2FA2" w:rsidRDefault="005A2FA2" w:rsidP="005A2FA2">
+    <w:p w14:paraId="3B2D2CD7" w14:textId="77777777" w:rsidR="001439B7" w:rsidRDefault="001439B7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...15 lines deleted...]
-    <w:sectPr w:rsidR="00846234">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="001439B7">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1134" w:bottom="1465" w:left="1134" w:header="720" w:footer="1012" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1128" w:bottom="1465" w:left="1146" w:header="720" w:footer="1012" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7AFC261C" w14:textId="77777777" w:rsidR="00F76539" w:rsidRDefault="00F76539">
+    <w:p w14:paraId="3CDC16A0" w14:textId="77777777" w:rsidR="00437713" w:rsidRDefault="00437713">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0DA64D75" w14:textId="77777777" w:rsidR="00F76539" w:rsidRDefault="00F76539">
+    <w:p w14:paraId="1F3A5388" w14:textId="77777777" w:rsidR="00437713" w:rsidRDefault="00437713">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
@@ -13081,90 +13167,90 @@
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Helvetica-Bold">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3E78A0DC" w14:textId="77777777" w:rsidR="00855C80" w:rsidRDefault="00000000">
+  <w:p w14:paraId="080DEF70" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">pag. n. </w:t>
     </w:r>
     <w:bookmarkStart w:id="0" w:name="PageNumWizard_FOOTER_Stile_di_pagina_pre"/>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>7</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> / </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
@@ -13179,184 +13265,88 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>9</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:bookmarkEnd w:id="0"/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C9EA8E5" w14:textId="77777777" w:rsidR="00F76539" w:rsidRDefault="00F76539">
+    <w:p w14:paraId="59B0120D" w14:textId="77777777" w:rsidR="00437713" w:rsidRDefault="00437713">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="55031CD1" w14:textId="77777777" w:rsidR="00F76539" w:rsidRDefault="00F76539">
+    <w:p w14:paraId="78E25D84" w14:textId="77777777" w:rsidR="00437713" w:rsidRDefault="00437713">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="02EF473C"/>
+    <w:nsid w:val="19700CDE"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="3ACC158E"/>
-    <w:styleLink w:val="WW8Num3"/>
+    <w:tmpl w:val="C90C4874"/>
+    <w:styleLink w:val="WW8Num1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...94 lines deleted...]
-      <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:lang w:val="it-IT"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
@@ -13397,57 +13387,153 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="382B7CA0"/>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63A57AA9"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="D09EB568"/>
-    <w:styleLink w:val="WW8Num1"/>
+    <w:tmpl w:val="094C0B12"/>
+    <w:styleLink w:val="WW8Num3"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="576" w:hanging="576"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="864" w:hanging="864"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1008" w:hanging="1008"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1152" w:hanging="1152"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1296" w:hanging="1296"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1584" w:hanging="1584"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64C81A59"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1DBCFCE4"/>
+    <w:styleLink w:val="WW8Num2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:lang w:val="it-IT"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
@@ -13488,213 +13574,116 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...86 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="83648051">
+  <w:num w:numId="1" w16cid:durableId="124004543">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1088114341">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="324549375">
+  <w:num w:numId="3" w16cid:durableId="350573480">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="706"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00846234"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00FA68A3"/>
+    <w:rsidRoot w:val="001439B7"/>
+    <w:rsid w:val="001439B7"/>
+    <w:rsid w:val="00306AAD"/>
+    <w:rsid w:val="00437713"/>
+    <w:rsid w:val="00864AD3"/>
+    <w:rsid w:val="009175FE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="054C49EC"/>
-  <w15:docId w15:val="{FEC4B85E-87F1-4A4C-8D3D-486149D566A5}"/>
+  <w14:docId w14:val="236274A4"/>
+  <w15:docId w15:val="{34168D25-26A6-4E00-AEB9-26150F2D36FB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Arial"/>
         <w:kern w:val="3"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -14088,50 +14077,51 @@
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
     <w:name w:val="Standard"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
+      <w:lang/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading">
     <w:name w:val="Heading"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Textbody"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Textbody">
     <w:name w:val="Text body"/>
     <w:basedOn w:val="Standard"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Elenco">
     <w:name w:val="List"/>
@@ -14551,51 +14541,51 @@
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WW8Num2">
     <w:name w:val="WW8Num2"/>
     <w:basedOn w:val="Nessunelenco"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WW8Num3">
     <w:name w:val="WW8Num3"/>
     <w:basedOn w:val="Nessunelenco"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grigliatabella">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabellanormale"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="005A2FA2"/>
+    <w:rsid w:val="00306AAD"/>
     <w:pPr>
       <w:widowControl/>
       <w:suppressAutoHyphens w:val="0"/>
       <w:autoSpaceDN/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Droid Sans Fallback" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
@@ -14907,51 +14897,51 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>21125</Characters>
+  <Pages>10</Pages>
+  <Words>3751</Words>
+  <Characters>21383</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>176</Lines>
-  <Paragraphs>49</Paragraphs>
+  <Lines>178</Lines>
+  <Paragraphs>50</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24782</CharactersWithSpaces>
+  <CharactersWithSpaces>25084</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>