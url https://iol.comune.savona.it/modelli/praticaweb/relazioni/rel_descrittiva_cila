--- v0 (2025-10-05)
+++ v1 (2026-01-02)
@@ -10,11022 +10,9228 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9651" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D56E81" w14:paraId="4283709C" w14:textId="77777777">
+      <w:tr w:rsidR="00E86977" w14:paraId="55CF4F04" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="096B724A" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="01A69A0E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:shd w:val="clear" w:color="auto" w:fill="B2B2B2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
-              <w:t xml:space="preserve">RELAZIONE   </w:t>
+              <w:t>RELAZIONE   TECNICA  CILA</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="7A0C3CBF" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6F70CF58" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:shd w:val="clear" w:color="auto" w:fill="B2B2B2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
-              <w:t>aggiornamento settembre 2025</w:t>
+              <w:t>aggiornamento dicembre 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4783E903" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="0D172EFD" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...21 lines deleted...]
-        <w:jc w:val="right"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="473E540A" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>[comune_indirizzo_1]</w:t>
-[...9 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:t>Il Progettista:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D2ADBE6" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>[comune_indirizzo_2]</w:t>
-[...9 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:t>[progettista_app] [progettista_cognome] [progettista_nome], C.F. [progettista_cf],</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3042DF59" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>[comune_indirizzo_3]</w:t>
-[...32 lines deleted...]
-    <w:p w14:paraId="40D1C1C2" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w:rsidRDefault="00EE4C77" w:rsidP="00EE4C77">
+        <w:t>nato a [progettista_comune_nato] ([progettista_provincia_nato]) il [progettista_data_nato],</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="107F162D" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Il Progettista:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4A0318AD" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w:rsidRDefault="00EE4C77" w:rsidP="00EE4C77">
+        <w:t>residente in [progettista_indirizzo_residenza] [progettista_civico_residenza] – [progettista_cap_residenza] [progettista_comune_residenza] ([progettista_provincia_residenza]), P.IVA [progettista_piva]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="768282B4" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>con studio in [progettista_indirizzo] [progettista_civico] - [progettista_cap] [progettista_comune] ([progettista_provincia]),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07DD22BD" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>progettista_app</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>iscritto al [progettista_albo] di [progettista_albo_prov] n. [progettista_albo_numero], [progettista_telefono] [progettista_cellulare] [progettista_pec] [progettista_email]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="498A5D23" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C23F58F" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>] [</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>quale progettista incaricato dal/la Sig./Sig.ra [fisica_cognome] [fisica_nome] di redigere il</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A9053BA" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>progettista_cognome</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>progetto del quale la presente costituisce parte integrante per opere edilizie in [comune_value]:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DE8EC2C" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>] [</w:t>
-[...845 lines deleted...]
-    <w:p w14:paraId="09B07789" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w:rsidRDefault="00EE4C77" w:rsidP="00EE4C77">
+        <w:t>[elenco_civici.civico_via;block=tbs:listitem] [elenco_civici.civico_civico] [elenco_civici.civico_interno] [elenco_civici.civico_note]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB93984" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BE03525" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Censito al catasto CT:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3668"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2087"/>
+        <w:gridCol w:w="3358"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2311"/>
+        <w:gridCol w:w="1919"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w14:paraId="677DF54B" w14:textId="77777777" w:rsidTr="00A0276F">
+      <w:tr w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w14:paraId="5CB45A26" w14:textId="77777777" w:rsidTr="003022EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="51E68B99" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="6363D57C" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>SEZIONE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1182" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="14865BB4" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="0801D86E" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>FOGLIO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1146" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0178CA2F" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="49D8BA65" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>MAPPALE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1147" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="11F10C9F" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="1A7384A4" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>NOTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w14:paraId="739A682B" w14:textId="77777777" w:rsidTr="00A0276F">
+      <w:tr w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w14:paraId="1ADF5F24" w14:textId="77777777" w:rsidTr="003022EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6638392A" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EE4C77" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="0DF34417" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EE4C77" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4C77">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...57 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[elenco_nct.nct_sezione;block=tbs:row]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1182" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="15F5EC9B" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="4887E97E" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...21 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[elenco_nct.nct_foglio]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1146" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1682C2D0" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="21155706" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...21 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[elenco_nct.nct_particella]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1147" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="31786A7F" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="4AB84943" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...21 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[elenco_nct.nct_note]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="059B3841" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w:rsidRDefault="00EE4C77" w:rsidP="00EE4C77">
-[...14 lines deleted...]
-    <w:p w14:paraId="2EC9C831" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w:rsidRDefault="00EE4C77" w:rsidP="00EE4C77">
+    <w:p w14:paraId="0651ACB7" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="065BAAA5" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Censito al catasto CU:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2581"/>
         <w:gridCol w:w="1870"/>
         <w:gridCol w:w="1679"/>
         <w:gridCol w:w="1754"/>
         <w:gridCol w:w="1754"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w14:paraId="38E459A4" w14:textId="77777777" w:rsidTr="00A0276F">
+      <w:tr w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w14:paraId="37A87172" w14:textId="77777777" w:rsidTr="003022EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0E11CA95" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="05AE3E55" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>SEZIONE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="970" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5B95743E" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="0899F3D0" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>FOGLIO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0F995E9F" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="152B1721" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t xml:space="preserve">MAPPALE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="09CFA30D" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="3123190B" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>SUBALTERNO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7DAEE06B" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="2A847C7C" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>NOTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w14:paraId="48135E30" w14:textId="77777777" w:rsidTr="00A0276F">
+      <w:tr w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w14:paraId="26D7E4F4" w14:textId="77777777" w:rsidTr="003022EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2B4FAA4B" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="5414F86E" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...57 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[elenco_nceu.nceu_sezione;block=tbs:row]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="970" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2A44BE30" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="438B81E1" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...21 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[elenco_nceu.nceu_foglio]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2A410118" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="5A02807C" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...21 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[elenco_nceu.nceu_particella]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1AD3BE67" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="2D07F688" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...21 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[elenco_nceu.nceu_subalterno]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="483C303D" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="25897EF3" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:kern w:val="3"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...21 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[elenco_nceu.nceu_note]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2A1142F6" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EC289B" w:rsidRDefault="00EE4C77" w:rsidP="00EE4C77">
+    <w:p w14:paraId="437732B7" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="72B23BE4" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+        <w:t>[ubicazione_note]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3090C77D" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9651" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D56E81" w14:paraId="2E7A1193" w14:textId="77777777">
+      <w:tr w:rsidR="00E86977" w14:paraId="3FD215FE" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3AB09E87" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3D41D1A3" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>vista anche la documentazione prodotta dal richiedente allegata alla C.I.L.A.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24BE6EE5" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+          <w:p w14:paraId="21144225" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="38B11677" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="213A3672" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
-              <w:t xml:space="preserve">preso atto di assumere la qualità di persona esercente un servizio di pubblica necessità ai sensi degli articoli 359 e 481 del </w:t>
-[...43 lines deleted...]
-              <w:t xml:space="preserve"> la propria responsabilità,</w:t>
+              <w:t>preso atto di assumere la qualità di persona esercente un servizio di pubblica necessità ai sensi degli articoli 359 e 481 del Codice Penale, consapevole che le dichiarazioni false, la falsità negli atti e l'uso di atti falsi comportano l'applicazione delle sanzioni penali previste dagli artt. 75 e 76 del DPR n. 445/2000,sotto la propria responsabilità,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7CB7B3CF" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5147854F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>DICHIARA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1C00F42B" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="79A2997F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="6BA3DF33" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DE79060" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9643" w:type="dxa"/>
         <w:tblInd w:w="6" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9643"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D56E81" w14:paraId="5EAFEC52" w14:textId="77777777">
+      <w:tr w:rsidR="00E86977" w14:paraId="313181EA" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="08B68F9B" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="679A9ACC" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 1 – Regolarità urbanistica e precedenti edilizi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1E09FCC7" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="5351C6DF" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...15 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03474330" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>a)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...56 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>che il rilevo dell'immobile/U.I e la destinazione d'uso riportate negli elaborati grafici allegati alla SCIA, corrispondono fedelmente allo stato attuale dell'immobile stesso;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FE94AAC" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13E29835" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>b) che l’immobile/U.I. è stato oggetto del seguente / dei seguenti titoli edilizi o pratiche edilizie:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E64F911" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="76F5ED10" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(compilare le caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52B3CAD4" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...27 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="53946769" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F5016DC" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ titolo unico (SUAP) n. ____________ del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E501EA1" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="3E89EF75" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Permesso di costruire/ licenza edilizia/concessione edilizia n. ___________del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62B3F6E1" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="4CB426F5" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Autorizzazione edilizia n._______________ del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D130143" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="36475B79" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ Comunicazione edilizia (art. 26 l. n. 47/1985) n._______________ del _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A8CFBF5" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ Denuncia di inizio attività n._______________ del _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DAADF63" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ DIA/SCIA alternativa al permesso di costruire n._______________ del _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F48BCB1" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ Segnalazione certificata di inizio attività n. _______________del _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="047BC971" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ Comunicazione edilizia libera n. _______________ del _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BEBA030" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ Titolo edilizio in sanatoria con il pagamento della relativa oblazione ed in particolare:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="396D0464" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>□ Comunicazione edilizia (art. 26 l. n. 47/1985) n._______________ del _______________</w:t>
-[...106 lines deleted...]
-        </w:rPr>
         <w:tab/>
         <w:t>□ Condono edilizio n. _________del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59820773" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="264E3796" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
         <w:t>□ Permesso di costruire in sanatoria di cui agli artt. 36 o 36-bis n. _____________ del ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C64B837" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="21B7455E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ SCIA in sanatoria di cui all’art. 36-bis n. _______________ del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EFC1655" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="0EECF2C1" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ SCIA in sanatoria per variante in corso d’opera realizzata costituente parziale difformità dal titolo rilasciato prima della data di entrata in vigore della L. 10/1977 n._______________ del ______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57F19A90" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="33299428" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ altro ____________________________________________ n. _________ del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AC35E80" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="5D25854A" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="640D4CAF" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03776205" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D43BCE6" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="15F81024" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="5AB2AFE6" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68900300" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>si tratta di immobile realizzato in un’epoca in cui NON era obbligatorio un titolo abilitativo e pertanto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1412FD93" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="77D0139A" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>si allega: _______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37969CE9" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="048CFDC6" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="280E6C70" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2FF04E1A" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C62DDB4" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="30F105A0" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="07E01424" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29719E39" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">non sono disponibili la copia o gli estremi del titolo abilitativo, ma sussiste un principio di prova documentale del medesimo titolo abilitativo e </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>pertanto si allega</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A716313" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="06CFB50C" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="2AF29A02" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="696133A5" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>copia accatastamento di primo impianto o si forniscono i relativi estremi n. _______del_________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="380B0ADB" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="51073A2D" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>altri documenti probanti (riprese fotografiche, estratti cartografici, documenti di archivio, ecc.) a norma dell’art.9-bis, comma 1-bis, quarto e quinto periodo, d.P.R. n. 380 del 2001</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AAC3C04" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="1D4FA625" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...111 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13A58C19" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50FC4677" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>inoltre DICHIARA che lo stato attuale dell’immobile/U.I risulta:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79282396" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13EA21F6" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pienamente conforme alla documentazione dello stato legittimo o di fatto legittimato sopra indicata</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C5DE223" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1825A692" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38B95360" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...15 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="7773FE76" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...71 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>in difformità dal titolo edilizio sopra indicato in quanto trattasi di  CILA  in sanatoria ai sensi dell'art. 6 bis comma 5 del DPR 380/01 e smi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37F5E363" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F2123CE" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9642" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9642"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D56E81" w14:paraId="320B5ADB" w14:textId="77777777">
+      <w:tr w:rsidR="00E86977" w14:paraId="08072542" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="072BCB14" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="656783AE" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Quadro </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Quadro 2  – </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DESCRIVERE DETTAGLITAMENTE L'INTERVENTO</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="361A8274" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4F338F24" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(compilazione dettagliata obbligatoria)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="78A95EAB" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="152D0BE7" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="14A1C188" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C2E55DC" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...11 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1C8A382E" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+        <w:t>______________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18A0DAED" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DFB6F44" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Che le opere previste, con riferimento al comma 1 dell'art. 19 della L. 241/90, sono documentate negli allegati elaborati tecnici previsti dalle specifiche norme di settore nonché necessari per consentire le verifiche di competenza degli uffici comunali.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15E25023" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...9 lines deleted...]
-    <w:p w14:paraId="26291620" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="61E8743E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DC06822" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9651" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D56E81" w14:paraId="3F5E7943" w14:textId="77777777">
+      <w:tr w:rsidR="00E86977" w14:paraId="2A3C6889" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="11428113" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4967B29F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 3 – interventi strutturali</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="265EE47F" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="6A832363" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...17 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43F18214" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>CHE L'INTERVENTO NON PREVEDE LA REALIZZAZIONE DI INTERVENTI STRUTTURALI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="777E7D7A" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...11 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="23180F6F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9641" w:type="dxa"/>
         <w:jc w:val="right"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9641"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D56E81" w14:paraId="12C4280D" w14:textId="77777777">
+      <w:tr w:rsidR="00E86977" w14:paraId="5681376E" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4AA0B81E" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6D14EAD1" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 4 – destinazioni d'uso del P.U.C. (fascicolo ST1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0A412356" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="36385931" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FF55EF3" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2AC28BA9" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Che l'intervento non comporta il cambio di destinazione d'uso</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03487FC6" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0474AA97" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...28 lines deleted...]
-    <w:p w14:paraId="0F5A8D33" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Che la destinazione d'uso dell'immobile, con riguardo alle definizioni di cui all'art. 7 del P.U.C. 2012 di cui al Fascicolo ST1 – Struttura del Piano -  Normativa Generale di Attuazione - norme di settore – è la seguente:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AC10E51" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="226"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="113"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Destinazione attuale:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE78ED6" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2B4EFA64" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="115F5FCB" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0FE89450" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Residenziale </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12EA9D21" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="688E8D90" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 1 – residenza</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D9ABF2C" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...16 lines deleted...]
-    <w:p w14:paraId="44A4E010" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3FD9B89C" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E8C16B6" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Attività di connettivo urbano</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0434A0EE" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="7F4FF604" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...47 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>2 – botteghe artigiane o laboratori (ad es lavanderie, servizi per l'igiene e l'estetica, parrucchieri ed affini, studi fotografici, artigianato artistico)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="399DF69B" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 3 – pubblici esercizi (ristorazione, intrattenimento sale gioco ecc..) edicole, rivendita di monopoli, farmacie;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="304A3A23" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...65 lines deleted...]
-    <w:p w14:paraId="1C9AE40E" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7C0A7B96" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 4 – funzioni di servizio alle persone e imprese (studi professionali, agenzie di viaggio, istituti di credito, assicurazioni, agenzie immobiliari, finanziarie ecc...)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39341D2F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F5058F0" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Distribuzione al dettaglio</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D2BABCC" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="68709FE4" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 5 – esercizi commerciali e strutture di vendita</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F6AB297" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...16 lines deleted...]
-    <w:p w14:paraId="0B51F98A" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="43B2CA37" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D047865" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Attività direzionali</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62DEDCD3" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="6F8BA16A" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 6 – aggregazione di uffici ed attività direzionali</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ACA859D" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...16 lines deleted...]
-    <w:p w14:paraId="66748E48" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5ABC60D5" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07DBB901" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Attività ricettive</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20834D7B" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="135504E0" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 7 – ricettività alberghiera e all'aria aperta</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68401BAF" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="3FA8D0FA" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 8 – albergo tradizionale</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E72E4A8" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="4A65EB39" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 9 – struttura ricettiva extra alberghiera</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18BB0A4D" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...16 lines deleted...]
-    <w:p w14:paraId="5A86FCD2" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="42FDD2D5" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E8E0927" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Attività Produttive, industria artigianato  e distribuzione all'ingrosso merci</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A01D37E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 10– industrie (compreso laboratori uffici tecnici e amministrativi, spazi espositivi)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="431B56B3" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 11 – artigianato (compreso laboratori uffici tecnici e amministrativi, spazi espositivi)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AD9E746" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 12 – commercio all'ingrosso</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="648A1E87" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 13 – depositi  industriali ed artigianali e funzionali al commercio</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21C2006E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 14 – autoparchi e aree di stazionamento e movimentazione di container</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A973834" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 15 – assistenza alla mobilità veicolare, impianti di distribuzione carburanti</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0653FE3B" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 16 – assistenza alla mobilità veicolare, quali officine, gommisti , carrozzieri, autotrasportatori e simili</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F4CE104" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23615083" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...253 lines deleted...]
-    <w:p w14:paraId="2A67D244" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Attività Agricole</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="675A874E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 17– residenza connessa con la conduzione del fondo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1705B3C0" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ 18 – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>strutture per il ricovero delle attrezzature e per l'immagazzinamento e la prima trasformazione dei prodotti agricoli tratti dai fondi limitrofi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50CD7C41" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 19 –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>stalle, locali per l'allevamento o il ricovero di animali</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7624A998" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ 20 – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>commercio al minuto di prodotti agricoli locali, con S.n.v. non superiore a 100 mq</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="778B2034" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 21 – Agriturismo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F5F71FD" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>□ 22 – Serre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BA4BD90" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A094887" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...48 lines deleted...]
-        <w:t xml:space="preserve">□ 18 – </w:t>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Attività estrattive – ciclo rifiuti</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51304FC3" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  23 – cave ed attività estrattive</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4570DB42" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□  24 – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...22 lines deleted...]
-      <w:r>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>impianti di trattamento inerenti il ciclo rifiuti, ivi comprese le discariche per rifiuti inerti</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="159850A4" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F5A5901" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Urbanizzazione</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18154266" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  25 – urbanizzazione primaria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02A0FE07" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  26 – urbanizzazione secondaria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="753E0425" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  27 – edifici, manufatti ed aree pubbliche</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6731E2B9" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...109 lines deleted...]
-    <w:p w14:paraId="01837FE1" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FD3B788" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...9 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...309 lines deleted...]
-          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Attività private di valenza generale</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40FB404F" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...238 lines deleted...]
-    <w:p w14:paraId="5575026A" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="7834E4EC" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  28 – centri sociali, culturali e religiosi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="203F3024" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  29 – istruzione privata</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3326990A" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  30 – teatri, cinema e sale di spettacolo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AC9E4CE" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  31 – strutture sportive o ricreative private</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E5B9A4F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  32 –  attività sanitarie e assistenziali private  ( cliniche private, case di riposo)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B3BC30E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="226"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="113"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04EA8DF4" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="3EB6E1AD" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9651" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D56E81" w14:paraId="657E005A" w14:textId="77777777">
+      <w:tr w:rsidR="00E86977" w14:paraId="45280F1C" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="35547D44" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="08FC91C7" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 5 – Piano Urbanistico Comunale – P.U.C.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05567951" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5C71304B" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> ST1 Struttura del Piano - Normativa Generale di </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> norme di settore</w:t>
+              <w:t xml:space="preserve"> ST1 Struttura del Piano - Normativa Generale di Attuazione  - norme di settore</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6178C335" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7D56A581" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ST2 Struttura del Piano – Ambiti e Distretti- norme di conformità - regole di congruenza</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70E5BD97" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00183429" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ST3 Struttura del Piano – Ambiti del territorio extraurbano - norme di conformità</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38A734EE" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3B95CAC2" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">ST4 Struttura del </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> norme di conformità</w:t>
+              <w:t>ST4 Struttura del Piano  Interventi sul Patrimonio Costruito  - norme di conformità</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01A657AC" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7C90415A" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">ST5   Struttura del Piano </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> norme di conformità</w:t>
+              <w:t>ST5   Struttura del Piano nterventi sul Patrimonio Costruito  - norme di conformità</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2DE0769B" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="2CD870ED" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...24 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06710014" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>ST1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="178378DC" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="381CB9C9" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>l'intervento è conforme alle norme di cui al fascicolo ST1 del P.U.C.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29C05455" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...36 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="4110288A" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23F00BC7" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>ST2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30CF4140" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="4B009C5F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>l'intervento è conforme alle norme di cui al fascicolo ST2 del P.U.C.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A070A6C" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...17 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="717BC27F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B27805E" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...86 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="33E1881C" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ST3 (ambito extraurbano – zone agricole E – Ep – An -Tni)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E2F6B51" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...28 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>l'intervento non è soggetto alle verifiche di conformità alle norme di cui al fascicolo ST3 del P.U.C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C34F7C4" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...49 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>l'intervento è conforme alle norme di cui al fascicolo ST3 del P.U.C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0711DF11" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53A73FE1" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>ST4 (ambiti urbani)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08F050ED" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...15 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="524A7720" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...28 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>l'intervento non è soggetto alle verifiche di conformità alle norme di cui al fascicolo ST4 del P.U.C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DC8DF0B" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...49 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>che l'intervento è conforme alle norme di cui al fascicolo ST4 del P.U.C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E21695B" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12D3C963" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>ST5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09BBDDF9" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...15 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="61E1A238" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="073F5123" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>l'intervento non è soggetto alle verifiche di conformità alle norme di cui al fascicolo ST5 del P.U.C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28193495" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23184E40" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="6A0303BB" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ le opere conformi alla normativa puntuale di P.T.C.P. Di cui al fascicolo ST5 relativamente al sub-ambito ______ in cui l'immobile ricade;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="767EADB7" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="10B30157" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ le opere sono in deroga alla normativa puntuale di P.T.C.P. di cui al fascicolo ST5 in quanto il progetto e la richiesta di deroga sono stati valutati positivamente dalla Commissione Edilizia nella seduta del ______________ ed è stata rilasciata la deroga con nota prot. ____________ del _______________;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74DB2ED4" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...14 lines deleted...]
-    <w:p w14:paraId="17A063D8" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="3E47295E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B0ACEEB" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9651" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D56E81" w14:paraId="7EC775D3" w14:textId="77777777">
+      <w:tr w:rsidR="00E86977" w14:paraId="36100F60" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7F230D70" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="78B0EA0E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> Edilizio Vigente</w:t>
+              <w:t>Quadro 6 -  Regolamento Edilizio Vigente</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="45000E79" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...29 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="212AAC1F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D19D75B" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ l'intervento è conforme al Regolamento Edilizio;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="360A2810" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...29 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="6367C3CE" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ECF9885" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ l'intervento è</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="C9211E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>in deroga all'art. ______________del Regolamento Edilizio vigente in quanto il progetto e la richiesta di deroga è stata rilasciata la deroga con nota prot. ____________ del _______________;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74A89015" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...25 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="1D1AE243" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B66E3CE" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9651" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D56E81" w14:paraId="022A493E" w14:textId="77777777">
+      <w:tr w:rsidR="00E86977" w14:paraId="5CDA7B7A" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="511733C7" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="253E29E8" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 7 - Norme igienico-sanitarie</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2B4881E0" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="44BFDB20" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...24 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F46325F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">L'intervento:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="215A4A85" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="13070E87" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ non è assoggettato alla verifica del rispetto dei requisiti igienico-sanitari </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(nel caso, non compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE98FDC" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="10C5045F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E409F98" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="7145743F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ è assoggettato alla verifica del rispetto dei requisiti igienico-sanitari e</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70377EA8" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="10897686" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="454"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="454"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>non comporta valutazioni tecnico-discrezionali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> e pertanto se ne autocertifica la conformità in merito ai requisiti igienico-sanitari definiti dai regolamenti locali;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C02D737" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="049499DF" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="454"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="454"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>comporta valutazioni tecnico-discrezionali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...21 lines deleted...]
-    <w:p w14:paraId="340706EA" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e pertanto è stato rilasciato _____________________ della ______________________ con nota protocollo ___________del ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53DFB369" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CA0FFC0" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="47F2B436" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...59 lines deleted...]
-    <w:p w14:paraId="178019D5" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>l'intervento rientra nell'ipotesi di cui all'art. 11 comma 1 della LR 16/2008 e smi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in quanto non è possibile rispettare  i requisiti igienico-sanitari stabiliti dal Regolamento Edilizio e dalle norme regionali e nazionali, come da specifica dichiarazione del sottoscritto allegata alla CILA, che documenta l'esistenza delle condizioni ivi previste e attesta il complessivo miglioramento delle condizioni  igienico-sanitarie preesistenti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F85921" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="286BB2E2" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="068014D8" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9651" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D56E81" w14:paraId="73FF123E" w14:textId="77777777">
+      <w:tr w:rsidR="00E86977" w14:paraId="3ED4A8D2" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="46BA4BE9" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7AAC4B60" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 8 – Barriere architettoniche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1B6BC43E" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="7F5D5F5F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...24 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C20AC9C" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>L'intervento:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DD1C4D7" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="4C8AA221" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>a)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> □  NON è soggetto alle prescrizioni degli art. 77 del D.P.R. 380/2001 e del D.M. 236/1989 e dell'art. 80 del Regolamento Edilizio </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(specificare) _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D7AB46F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67690E78" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(nel caso, non compilare caselle successive)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="445CED15" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C001027" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ è soggetto alle prescrizioni  degli </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>art. 77 del D.P.R. 380/2001</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / del </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>D.M. 236/1989 /</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...140 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>art. 80 del Regolamento Edilizio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e come da allegata relazione e schemi grafici dimostrativi, e specifica dichiarazione di conformità, e soddisfa il requisito di:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6978739E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="510"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="510"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>accessibilità</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF8713A" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="510"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="510"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>visitabilità</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="721CAF6F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="510"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="510"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ adattabilità</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51832EB5" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>oppure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30A3B97C" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ pur essendo soggetto alle prescrizioni degli </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>art. 77 del D.P.R. 380/2001</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> / del </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>D.M. 236/1989 /</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dell'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...190 lines deleted...]
-          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>art. 80 del Regolamento Edilizio,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...21 lines deleted...]
-    <w:p w14:paraId="2FD9B8CC" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NON rispetta la normativa in materia di barriere architettoniche pertanto è stata ottenuta la relativa deroga (nota prot.___________ del___________)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="140F9AD3" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="C9211E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="4E933AA8" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35B33CC9" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9651" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D56E81" w14:paraId="47D10339" w14:textId="77777777">
+      <w:tr w:rsidR="00E86977" w14:paraId="1B8BDE80" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="013E22FD" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="382FC456" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 9 – Codice della strada</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="38758E35" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...29 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="5FE3A45F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B25C27A" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...88 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ l'intervento non è soggetto alla verifica del rispetto  del Codice della Strada – D.Lgs 285/92 e s.m.i. e relativo Regolamento attuativo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>( nel caso, non compilare casella successiva)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F1B4C9" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...24 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="32A2A6BA" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24E2F055" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...61 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ l'intervento è conforme al Codice della Strada – D.Lgs 285/92 e s.m.i. e relativo Regolamento attuativo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="312AC0A6" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(specificare) __________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F99F0C6" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...31 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="502D7CFE" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C20EA32" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...53 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ si allega parere rilasciato dal Settore Polizia Municipale rilasciato in data _________ prot n° ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15C57CC6" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54506E1A" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
         <w:t>d)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...21 lines deleted...]
-    <w:p w14:paraId="152A017C" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> □ si allega parere rilasciato dal Settore Lavori Pubblici rilasciato in data _________ prot n° ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C9CC1CD" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
-        </w:rPr>
-[...13 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14C38D99" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9647" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D56E81" w14:paraId="66A4EE9E" w14:textId="77777777">
+      <w:tr w:rsidR="00E86977" w14:paraId="20D11FE4" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7B9A39B6" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2D1BDBEF" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 10 – Vigili del Fuoco</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6063106B" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="11C12CEC" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AE50AF7" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Che l'intervento:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00704EC8" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...29 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="7FE2662A" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B76618E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ non è soggetto alle norme di prevenzione incendi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(nel caso, non compilare caselle successive)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43FFF6F6" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...29 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="778947A5" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="688E7495" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ è soggetto alle norme di prevenzione incendi e le stesse sono rispettate nel progetto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="466E06B3" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...29 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="3C1B6AD8" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02DEBDD5" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>c)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...36 lines deleted...]
-    <w:p w14:paraId="485E135C" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> □ si allega parere preventivo rilasciato dal Comando dei Vigili del Fuoco rilasciato in data _________ prot n° ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3625544B" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="511F98C4" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9651" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D56E81" w14:paraId="5C4CCD54" w14:textId="77777777">
+      <w:tr w:rsidR="00E86977" w14:paraId="297A34D6" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5C1993ED" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="443467AD" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 11 - PGRA - Piano Gestione Rischio Alluvioni – R.R. 20/6/2025 n.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="096DEE61" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...24 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="5049B92D" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3751DF78" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ opera NON soggetta a verifica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(nel caso, non compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20BBAB00" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...11 lines deleted...]
-    <w:p w14:paraId="5A9BDFF6" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5AF6DC8D" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B7804E2" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28EBCCB7" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="56602F03" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ opera soggetta a verifica relativa ad immobile/area:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="791954FB" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="42F868EC" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EDDEF9D" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ NON</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ricompreso/a in nessuna fascia di p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>ericolosità alluvionale fluviale o costiera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...15 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, di rispetto o di riassetto fluviale; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="7091A8B7" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(nel caso, non compilare caselle successive)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="333E379F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F02731D" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="74E8A394" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ in area a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Pericolosità Alluvionale Fluviale </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...21 lines deleted...]
-    <w:p w14:paraId="6CB76D50" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">di cui all'art 5, 6, e 7 del R.R. n.1 del </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20/6/2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BD85649" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5572E930" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="510"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Elevata P3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53E97A8A" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3468B8E5" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="510"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Media P2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F0EF04D" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3089F698" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="510"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Bassa P1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B259097" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...18 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="37C5F10C" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FBD2C4E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ nella </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>fascia di rispetto del corso d’acqua</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> non compreso nei tratti studiati idraulicamente </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">di cui all'art 13 del R.R. n.1 del </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>20/6/2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> da misurarsi ai sensi del R.R n. 3/2011 ed individuati nella cartografia del Reticolo regionale approvata dalla Regione</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ed in particolare:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(compilare le caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56D261E3" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...4 lines deleted...]
-    <w:p w14:paraId="600225F1" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="57598919" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20ED58FA" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="510"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ all'interno della fascia di rispetto del reticolo idrografico Primo Livello (40m)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D767EA5" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4C7B40F1" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="510"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ all'interno della fascia di rispetto del reticolo idrografico Secondo Livello (20m)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55E54F97" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2F773A63" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="510"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ all'interno della fascia di rispetto del reticolo idrografico Terzo Livello (10m)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="592B30EA" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0C07C3D5" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="510"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...21 lines deleted...]
-    <w:p w14:paraId="690071C6" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ all'interno della fascia di rispetto del reticolo idrografico di un corso  d'acqua classificati, ai sensi della lett. c), c. 1bis, art. 91, LR 18/1999, come IBRIDO (10m)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20F06A05" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...10 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="421FF8AA" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ in area a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Pericolosità Alluvionale Costiera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">di cui all'art 8 e 9 del R.R. n.1 del </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>20/6/2025</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(compilare le caselle successive</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F3FA8CB" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="5F936A19" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="283B67E3" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="355A20D7" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="510"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Elevata P3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A0D37C6" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5DAAB730" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="1417"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ ricompresa in area di spiaggia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38216545" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="79429988" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="1417"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ non ricompresa in area di spiaggia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7436E6B3" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="0B08E23B" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="510"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="793D4AAC" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EDBB398" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="510"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Media P2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F66AD2F" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7D85B6F7" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="1417"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ ricompresa in area di spiaggia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="610EB1EC" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0DC91F8A" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="1417"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ non ricompresa in area di spiaggia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BCCA060" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...17 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="77CBA3B5" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A5447E5" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ nella fascia di </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">riassetto fluviale di cui all'art 12 del R.R. n.1 del </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>20/6/2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3001A0BB" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...22 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="6E5700D1" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AC74FF5" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>CONFORMITA’:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (da compilare sempre)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A9BCD9B" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="6B53318F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Alla luce delle suddette attestazioni e della relativa normativa di riferimento, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>il sottoscritto dichiara espressamente che:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71A126B2" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E565C4C" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>l'intervento previsto NON AUMENTA LA VULNERABILITA’ del patrimonio edilizio esistente in caso di eventi alluvionali e pertanto:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="621F9D29" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l’intervento è ammesso e conforme alla normativa di cui al R.R. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>20/6/2025 n.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71DD07A8" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>l’intervento è</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ininfluente </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(esplicitare eventuali note, considerazioni in relazione al tipo di intervento previsto in rapporto alla normativa dei piani di gestione alluvionale)________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="477BA919" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>espressamente che:</w:t>
-[...164 lines deleted...]
-        </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="710F3168" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...17 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="6E1301AA" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EE74E4D" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...16 lines deleted...]
-    <w:p w14:paraId="3AB3D2FD" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6A33D1F0" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6109D5B4" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">(da barrare sempre in caso di interventi in area di </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>pericolosità da alluvione fluviale</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FB206DC" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...36 lines deleted...]
-    <w:p w14:paraId="0DBA0AB0" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="51583B59" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  l’intervento a progetto NON PREGIUDICA la sistemazione idraulica definitiva del corso d’acqua, NON AUMENTA la pericolosità di inondazione ed il rischio connesso, sia localmente, sia a monte che a valle, e NON COSTITUISCE SIGNIFICATIVO OSTACOLO al deflusso delle acque di piena, e NON RIDUCE la capacità di invaso delle aree stesse;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E9A0D2" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DCB69CF" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">(da barrare sempre in caso di interventi in area di </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>pericolosità da alluvione costiera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3538ADB2" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...63 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="5FA71C04" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  L' intervento a progetto non  pregiudica l’effetto dissipativo della spiaggia, non costituisce un significativo ostacolo alla dissipazione del moto ondoso, non aumenta la pericolosità di inondazione ed il rischio connesso nelle aree limitrofe</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28EA9BEC" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B6C77BD" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...16 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>L’intervento ricade tra quelli soggetti alla preventiva verifica comunale o parere vincolante dell’ufficio regionale competente, ai sensi dell'art. 14 del R.R.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20/6/2025 n.1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ossia </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>interventi di tipo urbanistico-edilizio ricadenti in area confinante con i limiti delle aree a diversa pericolosità P1, P2 e P3, rispetto alle aree in cui ricadono gli interventi stessi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58AD51C9" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1B3A60AF" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>pertanto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C27693C" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...15 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="299BD6F1" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> trasmette in allegato alla pratica edilizia, la specifica documentazione tecnica, atta a dimostrare che </w:t>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> si trasmette in allegato alla pratica edilizia, la specifica documentazione tecnica, atta a dimostrare che </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>le opere non comportano variazioni nelle condizioni di pericolosità da alluvione</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...19 lines deleted...]
-    <w:p w14:paraId="247B8FB1" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in caso di </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>interventi di demolizione e ricostruzione o di trasformazione morfologica, al fine dell'acquisizione del parere vincolante dell’ufficio regionale competente</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A91AC52" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="218CBEA7" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9651" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D56E81" w14:paraId="5A3FD6E9" w14:textId="77777777">
+      <w:tr w:rsidR="00E86977" w14:paraId="1315FE06" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="33443206" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2F7ABF9F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Quadro </w:t>
-[...17 lines deleted...]
-              <w:t>Fasce di inedificabilità assoluta - R.R. n.3 del 14 luglio 2011</w:t>
+              <w:t>Quadro 12  -Fasce di inedificabilità assoluta - R.R. n.3 del 14 luglio 2011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E249477" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...27 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="4DBED5B1" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D18B2E8" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ l'intervento non ricade in fascia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>di inedificabilità assoluta;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D5BD1FE" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="27942C53" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="2693D8B0" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A752EE9" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10ECA27F" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...30 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="7C959AC6" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ l'intervento ricade : </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(compilare caselle successive)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="125FA122" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ nella fascia di inedificabilità assoluta (10m),  da misurarsi ai sensi del R.R 3/2011, del corso d'acqua di primo, secondo e terzo livello</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79B54AEC" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-    <w:p w14:paraId="61228B58" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    </w:p>
+    <w:p w14:paraId="3B083B11" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...59 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ nella fascia di inedificabilità assoluta (3m) da misurarsi ai sensi del R.R 3/2011 appartenente al reticolo minuto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="294CE3E4" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...8 lines deleted...]
-    <w:p w14:paraId="05CF5D53" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="45CED46A" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AB7CD29" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="57"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...25 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>pertanto l'esecuzione delle opere previste è subordinata al rilascio dell'autorizzazione/nulla osta ai fini idraulici regionale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ai sensi del Regio Decreto 25/7/1904 n.523 e dell'art. 5 comma 1 del R.R. 14 luglio 2011 n. 3, a tal fine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">si allega </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>specifica istanza secondo la modulistica regionale che il Comune provvederà ad inoltrare alla Regione stessa come previsto dalla DGR 1205 del 27-12-19.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F3BF52B" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...25 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="684671E3" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="718C030E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9651" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D56E81" w14:paraId="2FE559DD" w14:textId="77777777">
+      <w:tr w:rsidR="00E86977" w14:paraId="6BCC0287" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="460E5BD2" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:p w14:paraId="235E1803" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Quadro </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> - Piano Assetto Idrogeologico</w:t>
+              <w:t>Quadro 13  PAI - Piano Assetto Idrogeologico</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0CB52D35" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...22 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="0C89F446" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="236CE564" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">a) □ opera NON SOGGETTA a verifica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(nel caso, non compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53D28593" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="23A8FD81" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E5B46D9" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="2511FEFA" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>b) □ opera soggetta a verifica relativa ad immobile/area ricadente nella seguente classe:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EB9C2A2" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3E6F90BE" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="624"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:lastRenderedPageBreak/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
         <w:t>□ pericolosità moderata (P1) - aree stabili con suscettibilità da dissesti di natura geomorfologica moderata.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="576C857C" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="59108D48" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="624"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ pericolosità media (P2) suddivise in due sottoclassi:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7949CE92" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="6B08EF33" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="624"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="1F869FCB" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50CD74E2" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="1247"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ (P2a) - aree stabili interessate da dissesti di natura geomorfologica che risultano stabilizzate naturalmente o artificialmente;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AACDFD4" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7509D798" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="1247"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ (P2b) - aree stabili interessate da suscettibilità di natura geomorfologica media;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25137A85" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="15A0C5BA" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="624"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="77500420" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53CE2C70" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="624"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ pericolosità elevata (P3) suddivise in due sottoclassi: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53BB2839" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="278BA38C" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="1304"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ (P3a) – aree potenzialmente instabili interessate da dissesti di natura geomorfologica;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E03026D" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="330E0A0D" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="1304"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ (P3b) - aree potenzialmente instabili interessate da suscettibilità da dissesti di natura         geomorfologica elevata</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6480E2C4" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+    <w:p w14:paraId="3CA4668B" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="624"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="3F886ADF" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09FEC9D3" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="624"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ pericolosità molto elevata (P4) - aree instabili interessate da dissesti di natura geomorfologica attivi: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F78B58A" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0E9169A4" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="1304"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>area speciale di tipo A</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04D968BF" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7B8E5EB7" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="1304"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>area speciale di tipo B1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2394135F" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1FD47DC8" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:ind w:left="1304"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>area speciale di tipo B2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02B7EEE5" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="35EA1954" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70DA83C7" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>CONFORMITA’:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(da compilare sempre)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="736615A4" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
-[...20 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="09FE6873" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FF9C0B1" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Alla luce delle suddette attestazioni e della relativa normativa di riferimento, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>il sottoscritto dichiara espressamente che le opere a progetto sono ammesse dalla disciplina di PAI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...19 lines deleted...]
-    <w:p w14:paraId="3649E48F" w14:textId="77777777" w:rsidR="00D56E81" w:rsidRDefault="00D56E81">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e possono essere realizzate nel rispetto della disciplina del suddetto Piano, come puntualmente valutato e specificato nell'indagine geotecnica / geologica se allegata e necessaria per l'intervento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B6239FE" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72578A21" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="75" w:type="dxa"/>
           <w:left w:w="75" w:type="dxa"/>
           <w:bottom w:w="75" w:type="dxa"/>
           <w:right w:w="75" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4144"/>
         <w:gridCol w:w="5494"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EE4C77" w:rsidRPr="00EA16BE" w14:paraId="3D050267" w14:textId="77777777" w:rsidTr="00A0276F">
+      <w:tr w:rsidR="003D3FEB" w:rsidRPr="00EA16BE" w14:paraId="06A09C9E" w14:textId="77777777" w:rsidTr="003022EF">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2150" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EE70481" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EA16BE" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="5F0AC575" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EA16BE" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA16BE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...31 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[comune_value], [data_stampa_domanda]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2850" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FA4B6C9" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EA16BE" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="3B45FA50" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EA16BE" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE4C77" w:rsidRPr="00EA16BE" w14:paraId="33101990" w14:textId="77777777" w:rsidTr="00A0276F">
+      <w:tr w:rsidR="003D3FEB" w:rsidRPr="00EA16BE" w14:paraId="55771D79" w14:textId="77777777" w:rsidTr="003022EF">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2150" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="043A0AE7" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EA16BE" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="5AA50CCC" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EA16BE" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2850" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41C0FF75" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EA16BE" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="08E8DF2E" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EA16BE" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA16BE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Il Progettista </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2415068B" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EA16BE" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="68C69EDB" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EA16BE" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA16BE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...31 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[progettista_cognome] [progettista_nome]</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55A8D092" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EA16BE" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="26C92BC6" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EA16BE" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="48565538" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRPr="00EA16BE" w:rsidRDefault="00EE4C77" w:rsidP="00A0276F">
+          <w:p w14:paraId="0EA11A35" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EA16BE" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA16BE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>___________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0BB18973" w14:textId="77777777" w:rsidR="00EE4C77" w:rsidRDefault="00EE4C77" w:rsidP="00EE4C77">
+    <w:p w14:paraId="2DDC8920" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...13 lines deleted...]
-    <w:sectPr w:rsidR="00D56E81">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00E86977">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1012" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2664138D" w14:textId="77777777" w:rsidR="000A59CB" w:rsidRDefault="000A59CB">
+    <w:p w14:paraId="187D52CF" w14:textId="77777777" w:rsidR="00C4347B" w:rsidRDefault="00C4347B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="335D8757" w14:textId="77777777" w:rsidR="000A59CB" w:rsidRDefault="000A59CB">
+    <w:p w14:paraId="643CA48B" w14:textId="77777777" w:rsidR="00C4347B" w:rsidRDefault="00C4347B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol, 'Arial Unicode MS'">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -11061,180 +9267,75 @@
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B07807F" w14:textId="77777777" w:rsidR="000A59CB" w:rsidRDefault="000A59CB">
+    <w:p w14:paraId="21B7CBE0" w14:textId="77777777" w:rsidR="00C4347B" w:rsidRDefault="00C4347B">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70CA856F" w14:textId="77777777" w:rsidR="000A59CB" w:rsidRDefault="000A59CB">
+    <w:p w14:paraId="795B4731" w14:textId="77777777" w:rsidR="00C4347B" w:rsidRDefault="00C4347B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0BE32D26"/>
+    <w:nsid w:val="217F33FB"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6B2E5F92"/>
-[...104 lines deleted...]
-    <w:tmpl w:val="E3C6D3C6"/>
+    <w:tmpl w:val="BA70D57C"/>
     <w:styleLink w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:lang w:val="it-IT"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
@@ -11287,122 +9388,220 @@
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1704594657">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2E496B3F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5192E8BA"/>
+    <w:styleLink w:val="WW8Num1"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1375547138">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1144155709">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1690983592">
+  <w:num w:numId="3" w16cid:durableId="378212867">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D56E81"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00EE4C77"/>
+    <w:rsidRoot w:val="00E86977"/>
+    <w:rsid w:val="003D3FEB"/>
+    <w:rsid w:val="00C4347B"/>
+    <w:rsid w:val="00E86977"/>
+    <w:rsid w:val="00EA50B4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="00B19DFB"/>
-  <w15:docId w15:val="{FEC4B85E-87F1-4A4C-8D3D-486149D566A5}"/>
+  <w14:docId w14:val="2151042F"/>
+  <w15:docId w15:val="{B768C14B-305E-40FA-A628-D48B66B74EFC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Arial"/>
         <w:kern w:val="3"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -11796,50 +9995,51 @@
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
     <w:name w:val="Standard"/>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
+      <w:lang/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading">
     <w:name w:val="Heading"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Textbody"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Andale Sans UI" w:hAnsi="Arial" w:cs="Tahoma"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Textbody">
     <w:name w:val="Text body"/>
     <w:basedOn w:val="Standard"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Elenco">
     <w:name w:val="List"/>
@@ -12015,51 +10215,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="NumberingSymbols">
     <w:name w:val="Numbering Symbols"/>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WW8Num1">
     <w:name w:val="WW8Num1"/>
     <w:basedOn w:val="Nessunelenco"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WW8Num2">
     <w:name w:val="WW8Num2"/>
     <w:basedOn w:val="Nessunelenco"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grigliatabella">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabellanormale"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00EE4C77"/>
+    <w:rsid w:val="003D3FEB"/>
     <w:pPr>
       <w:widowControl/>
       <w:suppressAutoHyphens w:val="0"/>
       <w:autoSpaceDN/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Droid Sans Fallback" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
@@ -12372,50 +10572,50 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>3232</Words>
-  <Characters>18429</Characters>
+  <Words>3227</Words>
+  <Characters>18399</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>153</Lines>
   <Paragraphs>43</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21618</CharactersWithSpaces>
+  <CharactersWithSpaces>21583</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>