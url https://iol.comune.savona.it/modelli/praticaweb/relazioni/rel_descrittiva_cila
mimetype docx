--- v1 (2026-01-02)
+++ v2 (2026-03-28)
@@ -10,5737 +10,6524 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9651" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E86977" w14:paraId="55CF4F04" w14:textId="77777777">
+      <w:tr w:rsidR="009F7F41" w14:paraId="3038C17C" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="01A69A0E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2F26A0F2" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:shd w:val="clear" w:color="auto" w:fill="B2B2B2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
-              <w:t>RELAZIONE   TECNICA  CILA</w:t>
+              <w:t xml:space="preserve">RELAZIONE   </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>TECNICA  CILA</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="6F70CF58" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+          <w:p w14:paraId="77F940D2" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:shd w:val="clear" w:color="auto" w:fill="B2B2B2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
-              <w:t>aggiornamento dicembre 2025</w:t>
+              <w:t>aggiornamento marzo 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D172EFD" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="0C637C01" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="473E540A" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
+    <w:p w14:paraId="758FF051" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00D97184">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Il Progettista:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D2ADBE6" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
+    <w:p w14:paraId="2E035CB2" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00D97184">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[progettista_app] [progettista_cognome] [progettista_nome], C.F. [progettista_cf],</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3042DF59" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
+    <w:p w14:paraId="5207E983" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00D97184">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nato a [progettista_comune_nato] ([progettista_provincia_nato]) il [progettista_data_nato],</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="107F162D" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
+    <w:p w14:paraId="1496200F" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00D97184">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>residente in [progettista_indirizzo_residenza] [progettista_civico_residenza] – [progettista_cap_residenza] [progettista_comune_residenza] ([progettista_provincia_residenza]), P.IVA [progettista_piva]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="768282B4" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
+    <w:p w14:paraId="5E588E47" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00D97184">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>con studio in [progettista_indirizzo] [progettista_civico] - [progettista_cap] [progettista_comune] ([progettista_provincia]),</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07DD22BD" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
+    <w:p w14:paraId="065727CB" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00D97184">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>iscritto al [progettista_albo] di [progettista_albo_prov] n. [progettista_albo_numero], [progettista_telefono] [progettista_cellulare] [progettista_pec] [progettista_email]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="498A5D23" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
-[...14 lines deleted...]
-    <w:p w14:paraId="5C23F58F" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
+    <w:p w14:paraId="589E3CBC" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00D97184">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="498CD5A8" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00D97184">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>quale progettista incaricato dal/la Sig./Sig.ra [fisica_cognome] [fisica_nome] di redigere il</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A9053BA" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
+    <w:p w14:paraId="3AED744F" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00D97184">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>progetto del quale la presente costituisce parte integrante per opere edilizie in [comune_value]:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DE8EC2C" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
+    <w:p w14:paraId="4293D237" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00D97184">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[elenco_civici.civico_via;block=tbs:listitem] [elenco_civici.civico_civico] [elenco_civici.civico_interno] [elenco_civici.civico_note]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BB93984" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
-[...14 lines deleted...]
-    <w:p w14:paraId="7BE03525" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
+    <w:p w14:paraId="3BF467D0" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00D97184">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A3F7C9E" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00D97184">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Censito al catasto CT:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3358"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2311"/>
         <w:gridCol w:w="1919"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w14:paraId="5CB45A26" w14:textId="77777777" w:rsidTr="003022EF">
+      <w:tr w:rsidR="00D97184" w:rsidRPr="00EC289B" w14:paraId="36C421FB" w14:textId="77777777" w:rsidTr="00962D81">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6363D57C" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="609C7C02" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>SEZIONE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1182" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0801D86E" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="6E4E44EC" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>FOGLIO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1146" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="49D8BA65" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="4BB6F6AA" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>MAPPALE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1147" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1A7384A4" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="4521A502" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>NOTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w14:paraId="1ADF5F24" w14:textId="77777777" w:rsidTr="003022EF">
+      <w:tr w:rsidR="00D97184" w:rsidRPr="00EC289B" w14:paraId="3748963D" w14:textId="77777777" w:rsidTr="00962D81">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0DF34417" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EE4C77" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="1D587560" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EE4C77" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4C77">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
-              <w:t>[elenco_nct.nct_sezione;block=tbs:row]</w:t>
+              <w:t>[</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE4C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+              </w:rPr>
+              <w:t>elenco_nct.nct_</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EE4C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+              </w:rPr>
+              <w:t>sezione;block</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EE4C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EE4C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+              </w:rPr>
+              <w:t>tbs:row</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EE4C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+              </w:rPr>
+              <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1182" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4887E97E" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="659B9986" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>[elenco_nct.nct_foglio]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1146" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="21155706" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="1D5D859F" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>[elenco_nct.nct_particella]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1147" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4AB84943" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="27DBD35E" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>[elenco_nct.nct_note]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0651ACB7" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
-[...14 lines deleted...]
-    <w:p w14:paraId="065BAAA5" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
+    <w:p w14:paraId="76B87ADF" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00D97184">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E4EBF9D" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00D97184">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Censito al catasto CU:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2581"/>
         <w:gridCol w:w="1870"/>
         <w:gridCol w:w="1679"/>
         <w:gridCol w:w="1754"/>
         <w:gridCol w:w="1754"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w14:paraId="37A87172" w14:textId="77777777" w:rsidTr="003022EF">
+      <w:tr w:rsidR="00D97184" w:rsidRPr="00EC289B" w14:paraId="67D17A77" w14:textId="77777777" w:rsidTr="00962D81">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="05AE3E55" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="4E19B497" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>SEZIONE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="970" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0899F3D0" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="4B31D46E" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>FOGLIO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="152B1721" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="51AF560E" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t xml:space="preserve">MAPPALE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3123190B" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="4E85259C" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>SUBALTERNO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2A847C7C" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="6500B94C" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>NOTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w14:paraId="26D7E4F4" w14:textId="77777777" w:rsidTr="003022EF">
+      <w:tr w:rsidR="00D97184" w:rsidRPr="00EC289B" w14:paraId="07AFF602" w14:textId="77777777" w:rsidTr="00962D81">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5414F86E" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="6A54099C" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>[elenco_nceu.nceu_sezione;block=tbs:row]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="970" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="438B81E1" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="35019278" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>[elenco_nceu.nceu_foglio]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="871" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5A02807C" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="185CD58C" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>[elenco_nceu.nceu_particella]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2D07F688" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="3C790811" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>[elenco_nceu.nceu_subalterno]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="25897EF3" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="0A375476" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC289B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
               </w:rPr>
               <w:t>[elenco_nceu.nceu_note]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="437732B7" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EC289B" w:rsidRDefault="003D3FEB" w:rsidP="003D3FEB">
+    <w:p w14:paraId="047D549E" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EC289B" w:rsidRDefault="00D97184" w:rsidP="00D97184">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC289B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[ubicazione_note]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3090C77D" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="66F400AB" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9651" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E86977" w14:paraId="3FD215FE" w14:textId="77777777">
+      <w:tr w:rsidR="009F7F41" w14:paraId="42DB5CE6" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3D41D1A3" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+          <w:p w14:paraId="39CA8054" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>vista anche la documentazione prodotta dal richiedente allegata alla C.I.L.A.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21144225" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+          <w:p w14:paraId="28A9F90C" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="213A3672" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1BC415BB" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
-              <w:t>preso atto di assumere la qualità di persona esercente un servizio di pubblica necessità ai sensi degli articoli 359 e 481 del Codice Penale, consapevole che le dichiarazioni false, la falsità negli atti e l'uso di atti falsi comportano l'applicazione delle sanzioni penali previste dagli artt. 75 e 76 del DPR n. 445/2000,sotto la propria responsabilità,</w:t>
+              <w:t xml:space="preserve">preso atto di assumere la qualità di persona esercente un servizio di pubblica necessità ai sensi degli articoli 359 e 481 del </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>Codice Penale</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>, consapevole che le dichiarazioni false, la falsità negli atti e l'uso di atti falsi comportano l'applicazione delle sanzioni penali previste dagli artt. 75 e 76 del DPR n. 445/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>2000,sotto</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la propria responsabilità,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5147854F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4C826EA4" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>DICHIARA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="79A2997F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="7487BCCB" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DE79060" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="16629E67" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9643" w:type="dxa"/>
         <w:tblInd w:w="6" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9643"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E86977" w14:paraId="313181EA" w14:textId="77777777">
+      <w:tr w:rsidR="009F7F41" w14:paraId="64AD14B1" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="679A9ACC" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+          <w:p w14:paraId="60638333" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 1 – Regolarità urbanistica e precedenti edilizi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5351C6DF" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="5EFFA9FC" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03474330" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="112900AA" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>a)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>che il rilevo dell'immobile/U.I e la destinazione d'uso riportate negli elaborati grafici allegati alla SCIA, corrispondono fedelmente allo stato attuale dell'immobile stesso;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5FE94AAC" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+        <w:t>che il rilevo dell'immobile/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>U.I</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e la destinazione d'uso riportate negli elaborati grafici allegati alla SCIA, corrispondono fedelmente allo stato attuale dell'immobile stesso;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D0B449C" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13E29835" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6454001E" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>b) che l’immobile/U.I. è stato oggetto del seguente / dei seguenti titoli edilizi o pratiche edilizie:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76F5ED10" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="05956B06" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(compilare le caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53946769" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
-[...15 lines deleted...]
-    <w:p w14:paraId="7F5016DC" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="50377CC7" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BBAAF96" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ titolo unico (SUAP) n. ____________ del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E89EF75" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="43EF10C4" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Permesso di costruire/ licenza edilizia/concessione edilizia n. ___________del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CB426F5" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="45631209" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Autorizzazione edilizia n._______________ del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36475B79" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="04B7AD27" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Comunicazione edilizia (art. 26 l. n. 47/1985) n._______________ del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A8CFBF5" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="157A6865" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Denuncia di inizio attività n._______________ del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DAADF63" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="14039926" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ DIA/SCIA alternativa al permesso di costruire n._______________ del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F48BCB1" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="691711F5" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Segnalazione certificata di inizio attività n. _______________del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="047BC971" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3518C4F6" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Comunicazione edilizia libera n. _______________ del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BEBA030" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1248ECDC" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Titolo edilizio in sanatoria con il pagamento della relativa oblazione ed in particolare:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="396D0464" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="12B35F15" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>□ Condono edilizio n. _________del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="264E3796" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="06537416" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
         <w:t>□ Permesso di costruire in sanatoria di cui agli artt. 36 o 36-bis n. _____________ del ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21B7455E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4A992019" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ SCIA in sanatoria di cui all’art. 36-bis n. _______________ del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EECF2C1" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6F712A15" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ SCIA in sanatoria per variante in corso d’opera realizzata costituente parziale difformità dal titolo rilasciato prima della data di entrata in vigore della L. 10/1977 n._______________ del ______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33299428" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="63686103" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ altro ____________________________________________ n. _________ del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D25854A" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="365E93D2" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03776205" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6559B00F" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15F81024" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="3CC4284F" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68900300" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4C4B3803" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>si tratta di immobile realizzato in un’epoca in cui NON era obbligatorio un titolo abilitativo e pertanto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77D0139A" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7CB0B8B5" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>si allega: _______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="048CFDC6" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="22AAEDFE" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FF04E1A" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1278F507" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30F105A0" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="455CD985" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29719E39" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1611A434" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">non sono disponibili la copia o gli estremi del titolo abilitativo, ma sussiste un principio di prova documentale del medesimo titolo abilitativo e </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>pertanto si allega</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06CFB50C" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="3DD50D0C" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="696133A5" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="31625B01" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>copia accatastamento di primo impianto o si forniscono i relativi estremi n. _______del_________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51073A2D" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="254A0072" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>altri documenti probanti (riprese fotografiche, estratti cartografici, documenti di archivio, ecc.) a norma dell’art.9-bis, comma 1-bis, quarto e quinto periodo, d.P.R. n. 380 del 2001</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D4FA625" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="22FFC90B" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13A58C19" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
-[...15 lines deleted...]
-    <w:p w14:paraId="50FC4677" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="49D0643E" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AA26FAB" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>inoltre DICHIARA che lo stato attuale dell’immobile/U.I risulta:</w:t>
-[...9 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>inoltre</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> DICHIARA che lo stato attuale dell’immobile/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...5 lines deleted...]
-      </w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>U.I</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pienamente conforme alla documentazione dello stato legittimo o di fatto legittimato sopra indicata</w:t>
-[...9 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve"> risulta:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A2E876" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...4 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18BCBB94" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:iCs/>
-[...15 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pienamente conforme alla documentazione dello stato legittimo o di fatto legittimato sopra indicata</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B74E5E6" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...13 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="6F2123CE" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+        <w:t>oppure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EA466D1" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in difformità dal titolo edilizio sopra indicato in quanto trattasi </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>di  CILA</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  in sanatoria ai sensi dell'art. 6 bis comma 5 del DPR 380/01 e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>smi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="34095DF5" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6666478F" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9642" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9642"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E86977" w14:paraId="08072542" w14:textId="77777777">
+      <w:tr w:rsidR="009F7F41" w14:paraId="54A94B6B" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="656783AE" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7CD424B1" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Quadro 2  – </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DESCRIVERE DETTAGLITAMENTE L'INTERVENTO</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F338F24" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7190A225" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(compilazione dettagliata obbligatoria)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="152D0BE7" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="7DBF29F3" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C2E55DC" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="29B94691" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>______________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18A0DAED" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="43D4E2BF" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DFB6F44" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="590B8A75" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Che le opere previste, con riferimento al comma 1 dell'art. 19 della L. 241/90, sono documentate negli allegati elaborati tecnici previsti dalle specifiche norme di settore nonché necessari per consentire le verifiche di competenza degli uffici comunali.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61E8743E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
-[...10 lines deleted...]
-    <w:p w14:paraId="2DC06822" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="2ACB98E0" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FB49234" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9651" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E86977" w14:paraId="2A3C6889" w14:textId="77777777">
+      <w:tr w:rsidR="009F7F41" w14:paraId="67C168E0" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4967B29F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2D59C403" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 3 – interventi strutturali</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6A832363" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="01E145A7" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43F18214" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3A39B6D7" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>CHE L'INTERVENTO NON PREVEDE LA REALIZZAZIONE DI INTERVENTI STRUTTURALI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23180F6F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="53281F29" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9641" w:type="dxa"/>
         <w:jc w:val="right"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9641"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E86977" w14:paraId="5681376E" w14:textId="77777777">
+      <w:tr w:rsidR="009F7F41" w14:paraId="512BACAB" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6D14EAD1" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+          <w:p w14:paraId="45405C8F" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 4 – destinazioni d'uso del P.U.C. (fascicolo ST1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36385931" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="138C0A58" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AC28BA9" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7E758CDC" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Che l'intervento non comporta il cambio di destinazione d'uso</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0474AA97" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7EA9CB47" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>Che la destinazione d'uso dell'immobile, con riguardo alle definizioni di cui all'art. 7 del P.U.C. 2012 di cui al Fascicolo ST1 – Struttura del Piano -  Normativa Generale di Attuazione - norme di settore – è la seguente:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0AC10E51" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve">Che la destinazione d'uso dell'immobile, con riguardo alle definizioni di cui all'art. 7 del P.U.C. 2012 di cui al Fascicolo ST1 – Struttura del Piano </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>-  Normativa</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Generale di Attuazione - norme di settore – è la seguente:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52E870A2" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="226"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="113"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Destinazione attuale:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B4EFA64" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3A35CAD9" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FE89450" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3CB3B210" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Residenziale </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="688E8D90" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="54C2D160" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 1 – residenza</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FD9B89C" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
-[...17 lines deleted...]
-    <w:p w14:paraId="1E8C16B6" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="50E7273E" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ED9476B" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Attività di connettivo urbano</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F4FF604" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0095C22B" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>2 – botteghe artigiane o laboratori (ad es lavanderie, servizi per l'igiene e l'estetica, parrucchieri ed affini, studi fotografici, artigianato artistico)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="399DF69B" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve">2 – botteghe artigiane o laboratori (ad </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lavanderie, servizi per l'igiene e l'estetica, parrucchieri ed affini, studi fotografici, artigianato artistico)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C46AD7D" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 3 – pubblici esercizi (ristorazione, intrattenimento sale gioco ecc..) edicole, rivendita di monopoli, farmacie;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C0A7B96" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
-[...46 lines deleted...]
-    <w:p w14:paraId="1F5058F0" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0E7A3AEE" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ 4 – funzioni di servizio alle persone e imprese (studi professionali, agenzie di viaggio, istituti di credito, assicurazioni, agenzie immobiliari, finanziarie </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ecc...</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02336304" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="086A422C" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Distribuzione al dettaglio</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68709FE4" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6F79462C" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 5 – esercizi commerciali e strutture di vendita</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43B2CA37" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
-[...17 lines deleted...]
-    <w:p w14:paraId="3D047865" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1A85F74F" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="206D3EE2" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Attività direzionali</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F8BA16A" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1A122BE3" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 6 – aggregazione di uffici ed attività direzionali</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ABC60D5" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
-[...17 lines deleted...]
-    <w:p w14:paraId="07DBB901" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="462A5764" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61676C72" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Attività ricettive</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="135504E0" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="57B83870" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 7 – ricettività alberghiera e all'aria aperta</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FA8D0FA" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="515A1786" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 8 – albergo tradizionale</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A65EB39" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="08454CAB" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 9 – struttura ricettiva extra alberghiera</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42FDD2D5" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
-[...17 lines deleted...]
-    <w:p w14:paraId="1E8E0927" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="659AFF8E" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="064AD6B6" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>Attività Produttive, industria artigianato  e distribuzione all'ingrosso merci</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4A01D37E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve">Attività Produttive, industria </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>artigianato  e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> distribuzione all'ingrosso merci</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="001BBBB8" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 10– industrie (compreso laboratori uffici tecnici e amministrativi, spazi espositivi)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="431B56B3" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="42FD2CC7" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 11 – artigianato (compreso laboratori uffici tecnici e amministrativi, spazi espositivi)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AD9E746" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="05ABAB36" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 12 – commercio all'ingrosso</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="648A1E87" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
-[...28 lines deleted...]
-    <w:p w14:paraId="21C2006E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="25D3DB1C" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ 13 – </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>depositi  industriali</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ed artigianali e funzionali al commercio</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B898641" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 14 – autoparchi e aree di stazionamento e movimentazione di container</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A973834" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="75F05795" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 15 – assistenza alla mobilità veicolare, impianti di distribuzione carburanti</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0653FE3B" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
-[...46 lines deleted...]
-    <w:p w14:paraId="23615083" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="205CE585" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ 16 – assistenza alla mobilità veicolare, quali officine, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>gommisti ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> carrozzieri, autotrasportatori e simili</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26DDD27F" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26E107F0" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Attività Agricole</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="675A874E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="21FA45B3" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 17– residenza connessa con la conduzione del fondo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1705B3C0" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1950B0C2" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ 18 – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>strutture per il ricovero delle attrezzature e per l'immagazzinamento e la prima trasformazione dei prodotti agricoli tratti dai fondi limitrofi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50CD7C41" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4799B5F4" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 19 –</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>stalle, locali per l'allevamento o il ricovero di animali</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7624A998" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6EE6234F" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ 20 – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>commercio al minuto di prodotti agricoli locali, con S.n.v. non superiore a 100 mq</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="778B2034" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve">commercio al minuto di prodotti agricoli locali, con </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>S.n.v</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>. non superiore a 100 mq</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DE58D75" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 21 – Agriturismo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F5F71FD" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3A706971" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>□ 22 – Serre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BA4BD90" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="0589E6C7" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A094887" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="166701CA" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Attività estrattive – ciclo rifiuti</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51304FC3" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
-[...46 lines deleted...]
-        <w:t xml:space="preserve">□  24 – </w:t>
+    <w:p w14:paraId="08BC5D48" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  23</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – cave ed attività estrattive</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D533DCA" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  24</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>impianti di trattamento inerenti il ciclo rifiuti, ivi comprese le discariche per rifiuti inerti</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="159850A4" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+        <w:t xml:space="preserve">impianti di trattamento inerenti </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>il</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ciclo rifiuti, ivi comprese le discariche per rifiuti inerti</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D7655C9" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F5A5901" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7FC5CCF8" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Urbanizzazione</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18154266" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
-[...86 lines deleted...]
-    <w:p w14:paraId="6731E2B9" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="625534D6" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  25</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – urbanizzazione primaria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79D8E190" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  26</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – urbanizzazione secondaria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="105239C4" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  27</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – edifici, manufatti ed aree pubbliche</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D7ECFC6" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FD3B788" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="44F5A1EA" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Attività private di valenza generale</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7834E4EC" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
-[...144 lines deleted...]
-    <w:p w14:paraId="7B3BC30E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="1E5176AF" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  28</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – centri sociali, culturali e religiosi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3642E7E6" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  29</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – istruzione privata</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FC7319B" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  30</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – teatri, cinema e sale di spettacolo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57C6D2FC" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  31</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – strutture sportive o ricreative private</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0198F8EC" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  32</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>–  attività</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sanitarie e assistenziali </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>private  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cliniche private, case di riposo)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6492345F" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="226"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="113"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EB6E1AD" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="57F01B05" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9651" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E86977" w14:paraId="45280F1C" w14:textId="77777777">
+      <w:tr w:rsidR="009F7F41" w14:paraId="1BFAD6E5" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="08FC91C7" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+          <w:p w14:paraId="31497372" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 5 – Piano Urbanistico Comunale – P.U.C.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C71304B" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+          <w:p w14:paraId="69DEB414" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> ST1 Struttura del Piano - Normativa Generale di Attuazione  - norme di settore</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D56A581" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1FAF510A" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ST2 Struttura del Piano – Ambiti e Distretti- norme di conformità - regole di congruenza</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00183429" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+          <w:p w14:paraId="23C4A415" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ST3 Struttura del Piano – Ambiti del territorio extraurbano - norme di conformità</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B95CAC2" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+          <w:p w14:paraId="49D77CFD" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ST4 Struttura del Piano  Interventi sul Patrimonio Costruito  - norme di conformità</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C90415A" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6AE2DB10" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ST5   Struttura del Piano nterventi sul Patrimonio Costruito  - norme di conformità</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2CD870ED" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="0112E031" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06710014" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4C2F78D7" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>ST1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="381CB9C9" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
-[...45 lines deleted...]
-    <w:p w14:paraId="23F00BC7" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="543B9D0F" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>X</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l'intervento è conforme alle norme di cui al fascicolo ST1 del P.U.C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E051C4C" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="751B4CE6" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>ST2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B009C5F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
-[...29 lines deleted...]
-    <w:p w14:paraId="717BC27F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="336203B9" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>X</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l'intervento è conforme alle norme di cui al fascicolo ST2 del P.U.C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5235A6E6" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33E1881C" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6F50A576" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>ST3 (ambito extraurbano – zone agricole E – Ep – An -Tni)</w:t>
-[...85 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">ST3 (ambito extraurbano – zone agricole E – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Ep</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>ST4 (ambiti urbani)</w:t>
-[...85 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> – An -</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Tni</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>ST5</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03E88CE4" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>l'intervento non è soggetto alle verifiche di conformità alle norme di cui al fascicolo ST5 del P.U.C.</w:t>
-[...40 lines deleted...]
-      <w:r>
+        <w:t>l'intervento</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non è soggetto alle verifiche di conformità alle norme di cui al fascicolo ST3 del P.U.C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B71C566" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>l'intervento</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> è conforme alle norme di cui al fascicolo ST3 del P.U.C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26AE80DF" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F92A1F0" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">a) </w:t>
-[...18 lines deleted...]
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
+        <w:t>ST4 (ambiti urbani)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="075B2D23" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>l'intervento</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non è soggetto alle verifiche di conformità alle norme di cui al fascicolo ST4 del P.U.C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FDF4CFD" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>che</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l'intervento è conforme alle norme di cui al fascicolo ST4 del P.U.C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4499655E" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BD2B0B9" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ST5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CD2806C" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>l'intervento</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non è soggetto alle verifiche di conformità alle norme di cui al fascicolo ST5 del P.U.C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6295998E" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>oppure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2030D333" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ le opere conformi alla normativa puntuale di P.T.C.P. Di cui al fascicolo ST5 relativamente al sub-ambito ______ in cui l'immobile ricade;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C23139D" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ le opere sono in deroga alla normativa puntuale di P.T.C.P. di cui al fascicolo ST5 in quanto il progetto e la richiesta di deroga sono stati valutati positivamente dalla Commissione Edilizia nella seduta del ______________ ed è stata rilasciata la deroga con nota prot. ____________ del _______________;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E47295E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
-[...15 lines deleted...]
-    <w:p w14:paraId="4B0ACEEB" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="38B41779" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FF54197" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9651" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E86977" w14:paraId="36100F60" w14:textId="77777777">
+      <w:tr w:rsidR="009F7F41" w14:paraId="34E74010" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="78B0EA0E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2EE22662" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 6 -  Regolamento Edilizio Vigente</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="212AAC1F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
-[...15 lines deleted...]
-    <w:p w14:paraId="7D19D75B" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="26918413" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="378493B6" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ l'intervento è conforme al Regolamento Edilizio;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6367C3CE" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
-[...15 lines deleted...]
-    <w:p w14:paraId="1ECF9885" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7423798B" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FFAADD4" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ l'intervento è</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="C9211E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>in deroga all'art. ______________del Regolamento Edilizio vigente in quanto il progetto e la richiesta di deroga è stata rilasciata la deroga con nota prot. ____________ del _______________;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D1AE243" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
-[...15 lines deleted...]
-    <w:p w14:paraId="2B66E3CE" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="1EEB59E3" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45E411F6" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9651" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E86977" w14:paraId="5CDA7B7A" w14:textId="77777777">
+      <w:tr w:rsidR="009F7F41" w14:paraId="4CAD59C5" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="253E29E8" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5991E28E" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 7 - Norme igienico-sanitarie</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="44BFDB20" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="3159C1E5" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F46325F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5B70342C" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">L'intervento:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13070E87" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7A8E6ED9" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ non è assoggettato alla verifica del rispetto dei requisiti igienico-sanitari </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(nel caso, non compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10C5045F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="453F6621" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7145743F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2C3DDE06" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ è assoggettato alla verifica del rispetto dei requisiti igienico-sanitari e</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10897686" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5C7B6472" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="454"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="454"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>non comporta valutazioni tecnico-discrezionali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> e pertanto se ne autocertifica la conformità in merito ai requisiti igienico-sanitari definiti dai regolamenti locali;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="049499DF" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="04C94235" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="454"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="454"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>comporta valutazioni tecnico-discrezionali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> e pertanto è stato rilasciato _____________________ della ______________________ con nota protocollo ___________del ___________</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="53DFB369" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve"> e pertanto è stato rilasciato _____________________ della ______________________ con </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>nota protocollo</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________del ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37FDA819" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47F2B436" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="19268D71" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>l'intervento rientra nell'ipotesi di cui all'art. 11 comma 1 della LR 16/2008 e smi</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="44F85921" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+        <w:t xml:space="preserve">l'intervento rientra nell'ipotesi di cui all'art. 11 comma 1 della LR 16/2008 e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>smi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in quanto non è possibile </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>rispettare  i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> requisiti igienico-sanitari stabiliti dal Regolamento Edilizio e dalle norme regionali e nazionali, come da specifica dichiarazione del sottoscritto allegata alla CILA, che documenta l'esistenza delle condizioni ivi previste e attesta il complessivo miglioramento delle </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>condizioni  igienico</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>-sanitarie preesistenti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="770CF107" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="068014D8" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="46879699" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9651" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E86977" w14:paraId="3ED4A8D2" w14:textId="77777777">
+      <w:tr w:rsidR="009F7F41" w14:paraId="2BC4C74E" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7AAC4B60" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5AA94B90" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 8 – Barriere architettoniche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7F5D5F5F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="371EB5B5" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C20AC9C" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="302DA756" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>L'intervento:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C8AA221" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="62796C20" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>a)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> □  NON è soggetto alle prescrizioni degli art. 77 del D.P.R. 380/2001 e del D.M. 236/1989 e dell'art. 80 del Regolamento Edilizio </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  NON</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> è soggetto alle prescrizioni degli art. 77 del D.P.R. 380/2001 e del D.M. 236/1989 e dell'art. 80 del Regolamento Edilizio </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(specificare) _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D7AB46F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6735F851" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67690E78" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1C841C76" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(nel caso, non compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="445CED15" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
-[...15 lines deleted...]
-    <w:p w14:paraId="3C001027" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="134496F6" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="496028C5" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">□ è soggetto alle prescrizioni  degli </w:t>
+        <w:t xml:space="preserve">□ è soggetto alle </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>prescrizioni  degli</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>art. 77 del D.P.R. 380/2001</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> / del </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5756,172 +6543,190 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>art. 80 del Regolamento Edilizio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> e come da allegata relazione e schemi grafici dimostrativi, e specifica dichiarazione di conformità, e soddisfa il requisito di:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6978739E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0908D966" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="510"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="510"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>accessibilità</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CF8713A" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3388CAA3" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="510"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="510"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>visitabilità</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="721CAF6F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="21D2ABFA" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="510"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="510"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ adattabilità</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51832EB5" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2A1C6AB7" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30A3B97C" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1F36C09B" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1287B0C9" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
@@ -5961,538 +6766,714 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> dell'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>art. 80 del Regolamento Edilizio,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> NON rispetta la normativa in materia di barriere architettoniche pertanto è stata ottenuta la relativa deroga (nota prot.___________ del___________)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="140F9AD3" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+        <w:t xml:space="preserve"> NON rispetta la normativa in materia di barriere </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>architettoniche pertanto</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> è stata ottenuta la relativa deroga (nota prot.___________ del___________)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A95C484" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="C9211E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35B33CC9" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="5EA0F051" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9651" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E86977" w14:paraId="1B8BDE80" w14:textId="77777777">
+      <w:tr w:rsidR="009F7F41" w14:paraId="56C9956D" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="382FC456" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5F3030B6" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 9 – Codice della strada</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5FE3A45F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
-[...15 lines deleted...]
-    <w:p w14:paraId="3B25C27A" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0E76523D" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C3DA741" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">□ l'intervento non è soggetto alla verifica del rispetto  del Codice della Strada – D.Lgs 285/92 e s.m.i. e relativo Regolamento attuativo </w:t>
-      </w:r>
+        <w:t xml:space="preserve">□ l'intervento non è soggetto alla verifica del </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>rispetto  del</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Codice della Strada – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>D.Lgs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 285/92 e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>s.m.i.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e relativo Regolamento attuativo </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>( nel caso, non compilare casella successiva)</w:t>
-      </w:r>
+        <w:t>( nel</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...34 lines deleted...]
-      </w:pPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> caso, non compilare casella successiva)</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">b) </w:t>
-[...65 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14465231" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68CBD2BA" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">c) </w:t>
-[...27 lines deleted...]
-    <w:p w14:paraId="54506E1A" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve">b) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ l'intervento è conforme al Codice della Strada – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>D.Lgs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 285/92 e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>s.m.i.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e relativo Regolamento attuativo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E601ADC" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>(specificare) __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77F35C56" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E2A372B" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
+        <w:t xml:space="preserve">c) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ si allega parere rilasciato dal Settore Polizia Municipale rilasciato in data _________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>prot</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n° ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44934410" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60A6F2AD" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
         <w:t>d)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> □ si allega parere rilasciato dal Settore Lavori Pubblici rilasciato in data _________ prot n° ________</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2C9CC1CD" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+        <w:t xml:space="preserve"> □ si allega parere rilasciato dal Settore Lavori Pubblici rilasciato in data _________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>prot</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n° ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FB8C104" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14C38D99" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="6DD1C56A" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9647" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E86977" w14:paraId="20D11FE4" w14:textId="77777777">
+      <w:tr w:rsidR="009F7F41" w14:paraId="4EDE7B51" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2D1BDBEF" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+          <w:p w14:paraId="238F633A" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 10 – Vigili del Fuoco</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="11C12CEC" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="482DA4B2" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AE50AF7" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
-[...20 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="1A142B71" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Che l'intervento:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FE2662A" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
-[...15 lines deleted...]
-    <w:p w14:paraId="2B76618E" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="12D33B50" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C971473" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
@@ -6511,2729 +7492,1276 @@
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(nel caso, non compilare caselle successive)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="778947A5" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
-[...15 lines deleted...]
-    <w:p w14:paraId="688E7495" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5AF855F2" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0405FA69" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ è soggetto alle norme di prevenzione incendi e le stesse sono rispettate nel progetto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C1B6AD8" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
-[...15 lines deleted...]
-    <w:p w14:paraId="02DEBDD5" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="74644B48" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46A911C0" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>c)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> □ si allega parere preventivo rilasciato dal Comando dei Vigili del Fuoco rilasciato in data _________ prot n° ________</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="511F98C4" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+        <w:t xml:space="preserve"> □ si allega parere preventivo rilasciato dal Comando dei Vigili del Fuoco rilasciato in data _________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>prot</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n° ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F1AD1AF" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9645" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9645"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009F7F41" w14:paraId="36438057" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="22EB05BC" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Quadro 11 – Informazione relative all'esistenza di impianti termici centralizzati</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D47CB00" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(Da compilare in caso di interventi relativi ad unità immobiliari poste all'interno di stabili plurifamigliari)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="569F4C11" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38360670" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>che l'unità immobiliare oggetto d’intervento è posta in uno stabile:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BA1BD80" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56EF7D90" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ servito da impianto termico centralizzato</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB0E1A4" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ servito </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>da  impianto</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> termico non centralizzato</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68CD32BB" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ (casi particolari </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>specificare)_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23202E31" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2498C3C0" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9651" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E86977" w14:paraId="297A34D6" w14:textId="77777777">
+      <w:tr w:rsidR="009F7F41" w14:paraId="26825F04" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="443467AD" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+          <w:p w14:paraId="139A6E33" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Quadro 11 - PGRA - Piano Gestione Rischio Alluvioni – R.R. 20/6/2025 n.1</w:t>
+              <w:t>Quadro 12 - PGRA - Piano Gestione Rischio Alluvioni – R.R. 20/6/2025 n.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5049B92D" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
-[...18 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7283D0AD" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45E96DD7" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">opera NON soggetta a verifica </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in quanto </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">a) </w:t>
-[...67 lines deleted...]
-      </w:pPr>
+        <w:t>l'intervento previsto NON AUMENTA LA VULNERABILITA’ del patrimonio edilizio esistente in caso di eventi alluvionale e pertanto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l’intervento è</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">b) </w:t>
-[...64 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...51 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ininfluente o è ammesso e conforme alla normativa di cui al R.R. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>20/6/2025 n.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2727A7A6" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>l’intervento a progetto NON PREGIUDICA la sistemazione idraulica definitiva del corso d’acqua, NON AUMENTA la pericolosità di inondazione ed il rischio connesso, sia localmente, sia a monte che a valle, e NON COSTITUISCE SIGNIFICATIVO OSTACOLO al deflusso delle acque di piena, e NON RIDUCE la capacità di invaso delle aree stesse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37575D47" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...1130 lines deleted...]
-    <w:p w14:paraId="218CBEA7" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DA23BB2" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9651" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E86977" w14:paraId="1315FE06" w14:textId="77777777">
+      <w:tr w:rsidR="009F7F41" w14:paraId="71193808" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2F7ABF9F" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+          <w:p w14:paraId="43D8D968" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Quadro 12  -Fasce di inedificabilità assoluta - R.R. n.3 del 14 luglio 2011</w:t>
+              <w:t>Quadro 13 - Fasce di inedificabilità assoluta - R.R. n.3 del 14 luglio 2011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4DBED5B1" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
-[...15 lines deleted...]
-    <w:p w14:paraId="2D18B2E8" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6F876F28" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39C0533C" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ l'intervento non ricade in fascia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>di inedificabilità assoluta;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27942C53" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="2245E876" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A752EE9" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6EF3AB2A" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C959AC6" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
-[...15 lines deleted...]
-        <w:t xml:space="preserve">□ l'intervento ricade : </w:t>
+    <w:p w14:paraId="14FA6239" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ l'intervento </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ricade :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="125FA122" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6496D0D7" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>□ nella fascia di inedificabilità assoluta (10m),  da misurarsi ai sensi del R.R 3/2011, del corso d'acqua di primo, secondo e terzo livello</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="79B54AEC" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+        <w:t>□ nella fascia di inedificabilità assoluta (10m</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>),  da</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> misurarsi ai sensi del R.R 3/2011, del corso d'acqua di primo, secondo e terzo livello</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08D6A16C" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B083B11" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2CFB737E" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ nella fascia di inedificabilità assoluta (3m) da misurarsi ai sensi del R.R 3/2011 appartenente al reticolo minuto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45CED46A" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
-[...12 lines deleted...]
-          <w:tab w:val="left" w:pos="0"/>
+    <w:p w14:paraId="458A78A6" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C4343E8" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="57"/>
-        <w:jc w:val="both"/>
-      </w:pPr>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>pertanto l'esecuzione delle opere previste è subordinata al rilascio dell'autorizzazione/nulla osta ai fini idraulici regionale</w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>pertanto</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...460 lines deleted...]
-        <w:pStyle w:val="Standard"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l'esecuzione delle opere previste è subordinata al rilascio dell'autorizzazione/nulla osta ai fini idraulici regionale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ai sensi del Regio Decreto 25/7/1904 n.523 e dell'art. 5 comma 1 del R.R. 14 luglio 2011 n. 3, a tal fine </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="it-IT"/>
-[...7 lines deleted...]
-      <w:r>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">si allega </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>specifica istanza secondo la modulistica regionale che il Comune provvederà ad inoltrare alla Regione stessa come previsto dalla DGR 1205 del 27-12-19.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B90FFAF" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34ADC5B3" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="it-IT"/>
-[...57 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>il sottoscritto dichiara espressamente che le opere a progetto sono ammesse dalla disciplina di PAI</w:t>
-[...17 lines deleted...]
-    <w:p w14:paraId="72578A21" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FF5704B" w14:textId="77777777" w:rsidR="00D97184" w:rsidRDefault="00D97184" w:rsidP="00D97184">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="75" w:type="dxa"/>
           <w:left w:w="75" w:type="dxa"/>
           <w:bottom w:w="75" w:type="dxa"/>
           <w:right w:w="75" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4144"/>
         <w:gridCol w:w="5494"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003D3FEB" w:rsidRPr="00EA16BE" w14:paraId="06A09C9E" w14:textId="77777777" w:rsidTr="003022EF">
+      <w:tr w:rsidR="00D97184" w:rsidRPr="00EA16BE" w14:paraId="0FC957DB" w14:textId="77777777" w:rsidTr="00962D81">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2150" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F0AC575" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EA16BE" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="75E1B8FF" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EA16BE" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA16BE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>[comune_value], [data_stampa_domanda]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2850" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B45FA50" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EA16BE" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="6F8300FA" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EA16BE" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D3FEB" w:rsidRPr="00EA16BE" w14:paraId="55771D79" w14:textId="77777777" w:rsidTr="003022EF">
+      <w:tr w:rsidR="00D97184" w:rsidRPr="00EA16BE" w14:paraId="4C008A7C" w14:textId="77777777" w:rsidTr="00962D81">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2150" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AA50CCC" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EA16BE" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="3A3C28BA" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EA16BE" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2850" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08E8DF2E" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EA16BE" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="30F33BF1" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EA16BE" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA16BE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Il Progettista </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68C69EDB" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EA16BE" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="7E4F5441" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EA16BE" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA16BE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>[progettista_cognome] [progettista_nome]</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26C92BC6" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EA16BE" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="44603B4C" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EA16BE" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0EA11A35" w14:textId="77777777" w:rsidR="003D3FEB" w:rsidRPr="00EA16BE" w:rsidRDefault="003D3FEB" w:rsidP="003022EF">
+          <w:p w14:paraId="3ACFABDA" w14:textId="77777777" w:rsidR="00D97184" w:rsidRPr="00EA16BE" w:rsidRDefault="00D97184" w:rsidP="00962D81">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA16BE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>___________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2DDC8920" w14:textId="77777777" w:rsidR="00E86977" w:rsidRDefault="00E86977">
+    <w:p w14:paraId="28A151AF" w14:textId="77777777" w:rsidR="009F7F41" w:rsidRDefault="009F7F41">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00E86977">
+    <w:sectPr w:rsidR="009F7F41">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1012" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="187D52CF" w14:textId="77777777" w:rsidR="00C4347B" w:rsidRDefault="00C4347B">
+    <w:p w14:paraId="0E003B6B" w14:textId="77777777" w:rsidR="009904BC" w:rsidRDefault="009904BC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="643CA48B" w14:textId="77777777" w:rsidR="00C4347B" w:rsidRDefault="00C4347B">
+    <w:p w14:paraId="6A5782A9" w14:textId="77777777" w:rsidR="009904BC" w:rsidRDefault="009904BC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="OpenSymbol, 'Arial Unicode MS'">
+    <w:altName w:val="OpenSymbol"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
@@ -9267,75 +8795,180 @@
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="21B7CBE0" w14:textId="77777777" w:rsidR="00C4347B" w:rsidRDefault="00C4347B">
+    <w:p w14:paraId="62DF3AEC" w14:textId="77777777" w:rsidR="009904BC" w:rsidRDefault="009904BC">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="795B4731" w14:textId="77777777" w:rsidR="00C4347B" w:rsidRDefault="00C4347B">
+    <w:p w14:paraId="5B1DA498" w14:textId="77777777" w:rsidR="009904BC" w:rsidRDefault="009904BC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="217F33FB"/>
+    <w:nsid w:val="045F6A94"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="BA70D57C"/>
+    <w:tmpl w:val="156E765C"/>
+    <w:styleLink w:val="WW8Num1"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0FF845F8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1ECAB6FE"/>
     <w:styleLink w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:lang w:val="it-IT"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
@@ -9388,220 +9021,224 @@
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2E496B3F"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77BF2E84"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="5192E8BA"/>
-    <w:styleLink w:val="WW8Num1"/>
+    <w:tmpl w:val="573E6ACA"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+        <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:eastAsia="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+        <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:eastAsia="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+        <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:eastAsia="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+        <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:eastAsia="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+        <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:eastAsia="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+        <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:eastAsia="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+        <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:eastAsia="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+        <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:eastAsia="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
+        <w:rFonts w:ascii="OpenSymbol, 'Arial Unicode MS'" w:eastAsia="OpenSymbol, 'Arial Unicode MS'" w:hAnsi="OpenSymbol, 'Arial Unicode MS'" w:cs="OpenSymbol, 'Arial Unicode MS'"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1375547138">
+  <w:num w:numId="1" w16cid:durableId="507133399">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1486775917">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1144155709">
+  <w:num w:numId="3" w16cid:durableId="694845355">
     <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="378212867">
-[...1 lines deleted...]
-    <w:lvlOverride w:ilvl="0"/>
+  <w:num w:numId="4" w16cid:durableId="454058302">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E86977"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00EA50B4"/>
+    <w:rsidRoot w:val="009F7F41"/>
+    <w:rsid w:val="006D7C9F"/>
+    <w:rsid w:val="009175FE"/>
+    <w:rsid w:val="009904BC"/>
+    <w:rsid w:val="009F7F41"/>
+    <w:rsid w:val="00D97184"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2151042F"/>
-  <w15:docId w15:val="{B768C14B-305E-40FA-A628-D48B66B74EFC}"/>
+  <w14:docId w14:val="418401B2"/>
+  <w15:docId w15:val="{34168D25-26A6-4E00-AEB9-26150F2D36FB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Arial"/>
         <w:kern w:val="3"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -10215,51 +9852,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="NumberingSymbols">
     <w:name w:val="Numbering Symbols"/>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WW8Num1">
     <w:name w:val="WW8Num1"/>
     <w:basedOn w:val="Nessunelenco"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WW8Num2">
     <w:name w:val="WW8Num2"/>
     <w:basedOn w:val="Nessunelenco"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grigliatabella">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabellanormale"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="003D3FEB"/>
+    <w:rsid w:val="00D97184"/>
     <w:pPr>
       <w:widowControl/>
       <w:suppressAutoHyphens w:val="0"/>
       <w:autoSpaceDN/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Droid Sans Fallback" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="it-IT" w:bidi="ar-SA"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
@@ -10571,51 +10208,51 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>18399</Characters>
+  <Pages>6</Pages>
+  <Words>2574</Words>
+  <Characters>14673</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>153</Lines>
-  <Paragraphs>43</Paragraphs>
+  <Lines>122</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21583</CharactersWithSpaces>
+  <CharactersWithSpaces>17213</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>