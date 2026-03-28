--- v0 (2025-10-05)
+++ v1 (2026-03-28)
@@ -1773,51 +1773,50 @@
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9463" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9463"/>
       </w:tblGrid>
       <w:tr w:rsidR="00886210" w:rsidRPr="00AF1D1B" w14:paraId="3134096D" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39F8C38E" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="00AF1D1B" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">che le opere in progetto sono subordinate a </w:t>
             </w:r>
             <w:r w:rsidR="00CA59AA" w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -1854,51 +1853,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>tipologia di interventi:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1772FBD6" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="00AF1D1B" w:rsidRDefault="00886210">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA59AA" w:rsidRPr="00AF1D1B" w14:paraId="50EA2385" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="345A556B" w14:textId="77777777" w:rsidR="00CA59AA" w:rsidRPr="00AF1D1B" w:rsidRDefault="00CA59AA">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -2042,51 +2040,50 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="69CF4DD7" w14:textId="77777777" w:rsidR="00CA59AA" w:rsidRPr="00AF1D1B" w:rsidRDefault="00CA59AA">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA59AA" w:rsidRPr="00AF1D1B" w14:paraId="56717B05" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41618D2B" w14:textId="5453DB90" w:rsidR="00CA59AA" w:rsidRPr="00AF1D1B" w:rsidRDefault="00CA59AA" w:rsidP="00CA59AA">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -2142,51 +2139,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">]='2']X </w:t>
             </w:r>
             <w:r w:rsidR="000F1A04" w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>Interventi di ristrutturazione urbanistica (articolo 3 comma del d.P.R. n. 380/2001, Attività n. 18, Tabella A, Sez. II del d.lgs. n. 222/2016)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA59AA" w:rsidRPr="00AF1D1B" w14:paraId="5F228D4C" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A8944D5" w14:textId="5EC40C75" w:rsidR="00CA59AA" w:rsidRPr="00AF1D1B" w:rsidRDefault="00CA59AA">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -2257,51 +2253,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0082189F" w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Interventi di ristrutturazione edilizia che portino ad un organismo edilizio in tutto o in parte diverso dal precedente e che comportino modifiche della volumetria complessiva degli edifici ovvero, limitatamente agli immobili compresi nelle zone omogenee A, comportante mutamenti della destinazione d’uso(Art.10 d.P.R. 380/2001)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA59AA" w:rsidRPr="00AF1D1B" w14:paraId="75E2EC8A" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B93885B" w14:textId="5BC69C6A" w:rsidR="00CA59AA" w:rsidRPr="00AF1D1B" w:rsidRDefault="00CA59AA">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -2366,51 +2361,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005C3665" w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>Interventi assoggettati a segnalazione certificata di inizio attività (SCIA), per i quali è facoltà dell’interessato richiedere il rilascio di permesso di costruire ai sensi dell’articolo 22 del d.P.R. 380</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA59AA" w:rsidRPr="00AF1D1B" w14:paraId="1DA0444F" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D99500A" w14:textId="797BE3B4" w:rsidR="00CA59AA" w:rsidRPr="00AF1D1B" w:rsidRDefault="00CA59AA">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -2495,51 +2489,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>l.r</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="004C64AB" w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>. 24/2001 e s.m.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA59AA" w:rsidRPr="00AF1D1B" w14:paraId="6C7F881B" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="286958C7" w14:textId="59625B63" w:rsidR="00CA59AA" w:rsidRPr="00AF1D1B" w:rsidRDefault="00CA59AA">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -2624,51 +2617,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>l.r</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="004C64AB" w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>. 49/2009 e s.m.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA59AA" w:rsidRPr="00AF1D1B" w14:paraId="46B8D276" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73956E63" w14:textId="63F91480" w:rsidR="00CA59AA" w:rsidRPr="00AF1D1B" w:rsidRDefault="00CA59AA">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -2733,51 +2725,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">X </w:t>
             </w:r>
             <w:r w:rsidR="001179C2" w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>Varianti in corso d’opera a permessi di costruire che presentano i caratteri delle variazioni essenziali.(Attività n. 37, Tabella A, Sez. II del d.lgs. 222/2016)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA59AA" w:rsidRPr="00AF1D1B" w14:paraId="25DB3853" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B6ED481" w14:textId="64BE0024" w:rsidR="00CA59AA" w:rsidRPr="00AF1D1B" w:rsidRDefault="00CA59AA">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -2842,51 +2833,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">X </w:t>
             </w:r>
             <w:r w:rsidR="001179C2" w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>Varianti a permessi di costruire comportanti modifica della sagoma nel centro storico (Attività n. 38, Tabella A, Sez. II del d.lgs. 222/2016)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA59AA" w:rsidRPr="00AF1D1B" w14:paraId="0A4B4601" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="660C8B5C" w14:textId="34C0E0F3" w:rsidR="00CA59AA" w:rsidRPr="00AF1D1B" w:rsidRDefault="00CA59AA">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2952,51 +2942,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">X </w:t>
             </w:r>
             <w:r w:rsidR="001179C2" w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>Interventi realizzati in assenza o di permesso di costruire, o in difformità da esso, ovvero in assenza di SCIA nelle ipotesi di cui, all’art. 23, comma 01 del d.P.R. n. 380/2001, o in difformità da essa, qualora i suddetti interventi risultino conformi alla disciplina urbanistica e edilizia vigente sia al momento della realizzazione dello stesso, sia al momento della presentazione della richiesta.(Attività n. 40, Tabella A, Sez. II del d.lgs. 222/2016)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B5FA3" w:rsidRPr="00AF1D1B" w14:paraId="447716DC" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54F48AA1" w14:textId="3F8162F4" w:rsidR="007B5FA3" w:rsidRPr="00AF1D1B" w:rsidRDefault="007B5FA3">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -3070,51 +3059,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005C3665" w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>della sagoma o della volumetria degli edifici o dei prospetti di immobili sottoposti a tutela ai sensi del Codice dei beni culturali e del paesaggio di cui al decreto legislativo 22 Gennaio 2004, n.42 (Art. 10 d.P.R. 380/2001 e s.m.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172424" w:rsidRPr="00172424" w14:paraId="46534BC8" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BBA54C8" w14:textId="48B14818" w:rsidR="00172424" w:rsidRPr="00172424" w:rsidRDefault="00172424">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -3179,51 +3167,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>Costruzione di manufatti edilizi fuori terra o interrati (art. 3 d.P.R. 380/2001)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172424" w:rsidRPr="00172424" w14:paraId="581FFE32" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38CE29A2" w14:textId="56314796" w:rsidR="00172424" w:rsidRPr="00172424" w:rsidRDefault="00172424">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -3328,51 +3315,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>l.r</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>. 16/2008 ; Attività n. 9 e n. 11, Tabella A, Sez. II del d.lgs. 222/2016)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172424" w:rsidRPr="00172424" w14:paraId="5B955418" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B000A3B" w14:textId="0E57296F" w:rsidR="00172424" w:rsidRPr="00172424" w:rsidRDefault="00172424">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -3457,51 +3443,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>l.r</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>. 16/2008)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172424" w:rsidRPr="00172424" w14:paraId="028739E5" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="256DDB6A" w14:textId="5F5CC19D" w:rsidR="00172424" w:rsidRPr="00172424" w:rsidRDefault="00172424">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -3548,51 +3533,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>tipologia_intervento_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='14']X Urbanizzazione primaria e secondaria realizzati da soggetti diversi dal Comune (Art. 3 d.P.R. 380/2001; Attività n. 12, Tabella A, Sez. II del d.lgs. 222/2016)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172424" w:rsidRPr="00172424" w14:paraId="458C3D33" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="220F71C4" w14:textId="19C77908" w:rsidR="00172424" w:rsidRPr="00172424" w:rsidRDefault="00172424">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -3639,51 +3623,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>tipologia_intervento_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='15']X Realizzazione di infrastrutture e di impianti, anche per pubblici servizi, che comporti la trasformazione in via permanente di suolo in edificato (Art. 3 d.P.R. 380/2001; Attività n. 13, Tabella A, Sez. II del d.lgs. 222/2016)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172424" w:rsidRPr="00172424" w14:paraId="3C004464" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F7664A8" w14:textId="25AFBBE4" w:rsidR="00172424" w:rsidRPr="00172424" w:rsidRDefault="00172424">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -3748,51 +3731,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>Installazione di torri e tralicci per impianti radio-ricetrasmittenti e di ripetitori per i servizi di telecomunicazione non rientranti nel campo di applicazione del D.lgs. 259/2003 e s.m. (Art. 3 d.P.R. 380/2001; Attività n. 14, Tabella A, Sez. II del d.lgs. 222/2016)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172424" w:rsidRPr="00172424" w14:paraId="32583D90" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F643529" w14:textId="29383F37" w:rsidR="00172424" w:rsidRPr="00172424" w:rsidRDefault="00172424">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -3839,51 +3821,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>tipologia_intervento_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='17']X Installazione di manufatti leggeri, anche prefabbricati, e di strutture di qualsiasi genere, quali roulottes, campers, case mobili, imbarcazioni, che siano utilizzati come abitazioni, ambienti di lavoro, oppure come depositi, magazzini e simili. (Art. 3 d.P.R. 380/2001 ; Attività n. 15, Tabella A, Sez. II del d.lgs. 222/2016)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172424" w:rsidRPr="00172424" w14:paraId="784985C3" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67E932AA" w14:textId="3D85B77C" w:rsidR="00172424" w:rsidRPr="00172424" w:rsidRDefault="00172424">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -3970,51 +3951,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>s.m</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>; Attività n. 17, Tabella A, Sez. II del d.lgs. 222/2016)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172424" w:rsidRPr="00172424" w14:paraId="26FB7D5F" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4AD9F792" w14:textId="42322785" w:rsidR="00172424" w:rsidRPr="00172424" w:rsidRDefault="00172424">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -4061,51 +4041,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>tipologia_intervento_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='19']X realizzazione di depositi di merci o di materiali, la realizzazione di impianti per attività produttive all'aperto ove comportino l'esecuzione di lavori cui consegua la trasformazione permanente del suolo inedificato (Art. 3 d.P.R. 380/2001 ; Attività n. 18, Tabella A, Sez. II del d.lgs. 222/2016)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172424" w:rsidRPr="00172424" w14:paraId="0B70A546" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02AB949B" w14:textId="6A2E8ED2" w:rsidR="00172424" w:rsidRPr="00172424" w:rsidRDefault="00172424">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -4152,51 +4131,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>tipologia_intervento_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='20']X Interventi di trasformazione edilizia urbanistica del territorio non rientranti nelle lettere a), b), c), d), dell’art.3, comma 1 del d.P.R. n. 380/2001 (Attività n. 19, Tabella A, Sez. II del d.lgs. 222/2016)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172424" w:rsidRPr="00172424" w14:paraId="6B9A8706" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26998BF2" w14:textId="1CD09860" w:rsidR="00172424" w:rsidRPr="00172424" w:rsidRDefault="00172424">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -4243,51 +4221,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>tipologia_intervento_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='31']X Intervento di ristrutturazione urbanistica: (articolo 3, comma d.P.R. n. 380/2001; Attività n. 20, Tabella A, Sez. II del d.lgs. n. 222/2016)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172424" w:rsidRPr="00172424" w14:paraId="3D493891" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="452F291E" w14:textId="5C01450E" w:rsidR="00172424" w:rsidRPr="00172424" w:rsidRDefault="00172424">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -4334,51 +4311,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>tipologia_intervento_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='32']X Intervento di ristrutturazione edilizia che porti ad un organismo edilizio in tutto o in parte diverso dal precedente, in quanto comportante anche modifiche della volumetria complessiva degli edifici ovvero, limitatamente agli immobili compresi nelle zone omogenee A, comportante mutamenti della destinazione d'uso (Art. 10 DPR 380/2001)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172424" w:rsidRPr="00172424" w14:paraId="1C0C7A4E" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0EF304D1" w14:textId="37559DEA" w:rsidR="00172424" w:rsidRPr="00172424" w:rsidRDefault="00172424">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -4425,51 +4401,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>tipologia_intervento_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='33']X Intervento comportante modificazioni della sagoma o della volumetria complessiva degli edifici o dei prospetti di immobili sottoposti a tutela ai sensi del Codice dei beni culturali e del paesaggio di cui al decreto legislativo 22 gennaio 2004, n. 42 (Art. 10 DPR 380/2001 e s.m.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172424" w:rsidRPr="00172424" w14:paraId="2CBCD50C" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5366E06F" w14:textId="2800809F" w:rsidR="00172424" w:rsidRPr="00172424" w:rsidRDefault="00172424">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -4516,51 +4491,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>tipologia_intervento_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='34']X Interventi assoggettati a segnalazione certificata di inizio attività (SCIA), per i quali è facoltà dell’interessato richiedere il rilascio di permesso di costruire ai sensi dell’articolo 22 del d.P.R. 380</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172424" w:rsidRPr="00172424" w14:paraId="772A9528" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0DDD203E" w14:textId="54A6D349" w:rsidR="00172424" w:rsidRPr="00172424" w:rsidRDefault="00172424">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -4627,51 +4601,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>l.r</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>. 24/2001 e s.m.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172424" w:rsidRPr="00172424" w14:paraId="2A4559AD" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A7BCBC6" w14:textId="40AD42B9" w:rsidR="00172424" w:rsidRPr="00172424" w:rsidRDefault="00172424">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -4738,51 +4711,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>l.r</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>. 49/2009 e s.m.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172424" w:rsidRPr="00172424" w14:paraId="49CBE405" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00B5640C" w14:textId="71737416" w:rsidR="00172424" w:rsidRPr="00172424" w:rsidRDefault="00172424">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -4829,51 +4801,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>tipologia_intervento_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='71']X Varianti in corso d’opera a permessi di costruire che presentano i caratteri delle variazioni essenziali: non comportano mutamento di destinazione d’uso di una singola unità immobiliare o di un interno immobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172424" w:rsidRPr="00172424" w14:paraId="022E560F" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07A5E427" w14:textId="3F330202" w:rsidR="00172424" w:rsidRPr="00172424" w:rsidRDefault="00172424">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -4920,51 +4891,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>tipologia_intervento_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='72']X Varianti in corso d’opera a permessi di costruire che presentano i caratteri delle variazioni essenziali: comportano mutamento di destinazione d’uso di una singola unità immobiliare all’interno della stessa categoria funzionale</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172424" w:rsidRPr="00172424" w14:paraId="6202B38E" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7ADBEC3C" w14:textId="3B9BF4BD" w:rsidR="00172424" w:rsidRPr="00172424" w:rsidRDefault="00172424">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -5031,51 +5001,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>d,m</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>. n. 1444/1968, tra categorie funzionali di cui all’art. 23 ter comma 1, lettere a), a-bis), b) e c), dpr 380/2001</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172424" w:rsidRPr="00172424" w14:paraId="59ACEFD3" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="396458BC" w14:textId="386AE837" w:rsidR="00172424" w:rsidRPr="00172424" w:rsidRDefault="00172424">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -5142,51 +5111,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>l.r</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>. 16 del 2008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172424" w:rsidRPr="00172424" w14:paraId="693E465B" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4947F993" w14:textId="44F815FC" w:rsidR="00172424" w:rsidRPr="00172424" w:rsidRDefault="00172424">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5254,73 +5222,71 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>l.r</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00172424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>. 16 del 2008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172424" w:rsidRPr="00172424" w14:paraId="702506CA" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="085641C0" w14:textId="77777777" w:rsidR="00172424" w:rsidRPr="00452880" w:rsidRDefault="00172424">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="0037500C" w14:paraId="45288B67" w14:textId="77777777" w:rsidTr="00452880">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04C95854" w14:textId="77777777" w:rsidR="00290625" w:rsidRPr="00AF1D1B" w:rsidRDefault="005F6B8E">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF1D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF1D1B">
               <w:rPr>
@@ -5932,51 +5898,51 @@
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> L’immobile/U.I. oggetto di intervento presenta la/le seguente/i tolleranza/e:</w:t>
                   </w:r>
                 </w:p>
                 <w:tbl>
                   <w:tblPr>
                     <w:tblStyle w:val="Grigliatabella"/>
                     <w:tblW w:w="0" w:type="auto"/>
                     <w:tblBorders>
                       <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     </w:tblBorders>
                     <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
                   </w:tblPr>
                   <w:tblGrid>
                     <w:gridCol w:w="9032"/>
                   </w:tblGrid>
-                  <w:tr w:rsidR="0072383F" w:rsidRPr="00E94A79" w14:paraId="3AB4102B" w14:textId="77777777" w:rsidTr="006254C3">
+                  <w:tr w:rsidR="0072383F" w:rsidRPr="00033ADA" w14:paraId="3AB4102B" w14:textId="77777777" w:rsidTr="006254C3">
                     <w:tc>
                       <w:tcPr>
                         <w:tcW w:w="9547" w:type="dxa"/>
                       </w:tcPr>
                       <w:p w14:paraId="5501A216" w14:textId="77777777" w:rsidR="0072383F" w:rsidRPr="00FA79F5" w:rsidRDefault="0072383F" w:rsidP="0072383F">
                         <w:pPr>
                           <w:contextualSpacing/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="en-GB"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00FA79F5">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="en-GB"/>
                           </w:rPr>
                           <w:t>X [tolleranze_art34_opt.val;block=</w:t>
                         </w:r>
                         <w:proofErr w:type="spellStart"/>
                         <w:r w:rsidRPr="00FA79F5">
@@ -6008,51 +5974,51 @@
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:tbl>
                   <w:tblPr>
                     <w:tblStyle w:val="Grigliatabella"/>
                     <w:tblW w:w="0" w:type="auto"/>
                     <w:tblBorders>
                       <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     </w:tblBorders>
                     <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
                   </w:tblPr>
                   <w:tblGrid>
                     <w:gridCol w:w="9032"/>
                   </w:tblGrid>
-                  <w:tr w:rsidR="0072383F" w:rsidRPr="00E94A79" w14:paraId="431AEEF7" w14:textId="77777777" w:rsidTr="006254C3">
+                  <w:tr w:rsidR="0072383F" w:rsidRPr="00033ADA" w14:paraId="431AEEF7" w14:textId="77777777" w:rsidTr="006254C3">
                     <w:tc>
                       <w:tcPr>
                         <w:tcW w:w="9547" w:type="dxa"/>
                       </w:tcPr>
                       <w:p w14:paraId="41E9D847" w14:textId="77777777" w:rsidR="0072383F" w:rsidRPr="00FA79F5" w:rsidRDefault="0072383F" w:rsidP="0072383F">
                         <w:pPr>
                           <w:contextualSpacing/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="en-GB"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00FA79F5">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="en-GB"/>
                           </w:rPr>
                           <w:t>X [tolleranze_1bis_1ter_opt.val;block=</w:t>
                         </w:r>
                         <w:proofErr w:type="spellStart"/>
                         <w:r w:rsidRPr="00FA79F5">
@@ -10025,51 +9991,50 @@
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9464"/>
       </w:tblGrid>
       <w:tr w:rsidR="00886210" w14:paraId="2BDAFE3D" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="124212B8" w14:textId="77777777" w:rsidR="005A3212" w:rsidRPr="005A3212" w:rsidRDefault="00875A52" w:rsidP="005A3212">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00F00C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10177,51 +10142,50 @@
     <w:p w14:paraId="0B582A74" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00886210">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9464"/>
       </w:tblGrid>
       <w:tr w:rsidR="00886210" w14:paraId="1280F1E0" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="506151C5" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>4) Barriere architettoniche</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="408AE428" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00F00C7C">
             <w:pPr>
@@ -10238,51 +10202,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>che l’intervento:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B5FBA75" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00886210">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w14:paraId="600DB793" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77CBC9E8" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="008F62DE" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F62DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008F62DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -10378,51 +10341,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>l.r</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="006B24DF" w:rsidRPr="008F62DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>. 15/1989)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w14:paraId="3A2F6F5E" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09486AA2" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="008F62DE" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F62DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008F62DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -10491,58 +10453,57 @@
               <w:t>interessa un edificio privato aperto al pubblico e che le opere previste sono conformi all’articolo 82 del d.P.R. n. 380/2001 o della corrispondente normativa regionale (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="006B24DF" w:rsidRPr="008F62DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>l.r</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="006B24DF" w:rsidRPr="008F62DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>. 15/1989) come da relazione e schemi dimostrativi allegati al progetto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E14F19" w:rsidRPr="00E94A79" w14:paraId="029F67D5" w14:textId="77777777" w:rsidTr="00D528E0">
+      <w:tr w:rsidR="00E14F19" w:rsidRPr="00033ADA" w14:paraId="029F67D5" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48D02A90" w14:textId="77777777" w:rsidR="00E14F19" w:rsidRPr="008F62DE" w:rsidRDefault="00E14F19" w:rsidP="00E14F19">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F62DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008F62DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -10629,58 +10590,57 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>l.r</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008F62DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>. 15/1989) e, come da relazione e schemi dimostrativi allegati, soddisfa il/i requisito/i di:</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblInd w:w="595" w:type="dxa"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="8653"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00E14F19" w:rsidRPr="00E94A79" w14:paraId="40E6162A" w14:textId="77777777" w:rsidTr="00FB1CFB">
+            <w:tr w:rsidR="00E14F19" w:rsidRPr="00033ADA" w14:paraId="40E6162A" w14:textId="77777777" w:rsidTr="00FB1CFB">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8898" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="74FD9FBD" w14:textId="77777777" w:rsidR="00E14F19" w:rsidRPr="008F62DE" w:rsidRDefault="00E14F19" w:rsidP="00485A55">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="en-US" w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="008F62DE">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="en-US" w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>X [requisiti_art_77.val;block=</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="008F62DE">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
@@ -10701,51 +10661,50 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="55ED1083" w14:textId="77777777" w:rsidR="00E14F19" w:rsidRPr="008F62DE" w:rsidRDefault="00E14F19" w:rsidP="00E14F19">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w14:paraId="2EE7C0CE" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="385EFB9E" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="008F62DE" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F62DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008F62DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -10887,51 +10846,50 @@
     <w:p w14:paraId="0BDC789B" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="00E14F19" w:rsidRDefault="00886210">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9464"/>
       </w:tblGrid>
       <w:tr w:rsidR="00886210" w14:paraId="215F9792" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="240B76A7" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>5) Sicurezza degli impianti</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66D39BD0" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00F00C7C">
             <w:pPr>
@@ -10948,51 +10906,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>che l’intervento:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F0D6EC6" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00886210">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="008F62DE" w14:paraId="0933A0FD" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B467642" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="008F62DE" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F62DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008F62DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -11039,51 +10996,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>sicurezza_impianti_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008F62DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='1']X non comporta l’installazione, la trasformazione o l’ampliamento di impianti tecnologici</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="008F62DE" w14:paraId="452EBA0A" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1CB3C9AD" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="008F62DE" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F62DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008F62DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -11225,51 +11181,50 @@
                     <w:t>]</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="2B21A7CA" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="008F62DE" w:rsidRDefault="00886210">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="008F62DE" w14:paraId="08C763D3" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CA3DA51" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="008F62DE" w:rsidRDefault="00886210">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="24FB103F" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="008F62DE" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F62DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11305,51 +11260,50 @@
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblInd w:w="595" w:type="dxa"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="8653"/>
             </w:tblGrid>
             <w:tr w:rsidR="00886210" w:rsidRPr="008F62DE" w14:paraId="1BA493FC" w14:textId="77777777" w:rsidTr="00FB1CFB">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8898" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="12CE9E88" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="008F62DE" w:rsidRDefault="00F00C7C">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1834"/>
                     </w:tabs>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="008F62DE">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="008F62DE">
@@ -11400,51 +11354,50 @@
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>impianti_sicurezza_progetto_opt_key</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                   <w:r w:rsidRPr="008F62DE">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>]='1']X non è soggetto agli obblighi di presentazione del progetto</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00886210" w:rsidRPr="008F62DE" w14:paraId="5F7473B1" w14:textId="77777777" w:rsidTr="00FB1CFB">
               <w:trPr>
                 <w:cantSplit/>
                 <w:trHeight w:val="70"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8898" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="13CDF674" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="008F62DE" w:rsidRDefault="00F00C7C">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="008F62DE">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="008F62DE">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
@@ -11523,51 +11476,50 @@
     <w:p w14:paraId="644D3DE3" w14:textId="53A36D37" w:rsidR="00886210" w:rsidRDefault="00886210">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9541" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9541"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FC25D9" w14:paraId="19360D90" w14:textId="77777777" w:rsidTr="004E62D0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9541" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3EAF3E1B" w14:textId="77777777" w:rsidR="00FC25D9" w:rsidRPr="00162964" w:rsidRDefault="00FC25D9" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00162964">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>6) Consumi energetici</w:t>
             </w:r>
           </w:p>
@@ -11586,51 +11538,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>che l’intervento, in materia di risparmio energetico:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E25BFA5" w14:textId="77777777" w:rsidR="00FC25D9" w:rsidRDefault="00FC25D9" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC25D9" w14:paraId="733AB6AA" w14:textId="77777777" w:rsidTr="004E62D0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9541" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49B30103" w14:textId="77777777" w:rsidR="00FC25D9" w:rsidRPr="000A2DE9" w:rsidRDefault="00FC25D9" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11669,51 +11620,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>risparmio_energetico_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]='1']X non è soggetto al deposito del progetto e della relazione tecnica di cui all’articolo 125 del d.P.R. n. 380/2001 e del d.lgs. n. 192/2005</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC25D9" w14:paraId="47AD0027" w14:textId="77777777" w:rsidTr="004E62D0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9541" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E7E8B26" w14:textId="77777777" w:rsidR="00FC25D9" w:rsidRPr="000A2DE9" w:rsidRDefault="00FC25D9" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11752,51 +11702,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>risparmio_energetico_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]='2']X è soggetto al deposito del progetto e della relazione tecnica di cui all’articolo 125 del d.P.R. n. 380/2001 e del d.lgs. n. 192/2005, pertanto si allega la relazione tecnica sul rispetto delle prescrizioni in materia di risparmio energetico e la documentazione richiesta per legge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E62D0" w:rsidRPr="004E62D0" w14:paraId="2E546787" w14:textId="77777777" w:rsidTr="004E62D0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9541" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6243147F" w14:textId="77777777" w:rsidR="004E62D0" w:rsidRDefault="004E62D0" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E62D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004E62D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12053,100 +12002,98 @@
                     <w:t>]='2']X saranno presentate in allegato alla comunicazione di inizio lavori</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="18707C11" w14:textId="2F44176A" w:rsidR="004E62D0" w:rsidRPr="004E62D0" w:rsidRDefault="004E62D0" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC25D9" w14:paraId="430C9ABF" w14:textId="77777777" w:rsidTr="004E62D0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9541" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52EBBFB8" w14:textId="77777777" w:rsidR="00FC25D9" w:rsidRPr="004E62D0" w:rsidRDefault="00FC25D9" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3926D0BC" w14:textId="77777777" w:rsidR="00FC25D9" w:rsidRPr="000A2DE9" w:rsidRDefault="00FC25D9" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>che l’intervento, in relazione agli obblighi in materia di fonti rinnovabili:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21227C70" w14:textId="77777777" w:rsidR="00FC25D9" w:rsidRPr="000A2DE9" w:rsidRDefault="00FC25D9" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC25D9" w14:paraId="78BF0CBB" w14:textId="77777777" w:rsidTr="004E62D0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9541" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="559964DB" w14:textId="77777777" w:rsidR="00FC25D9" w:rsidRPr="000A2DE9" w:rsidRDefault="00FC25D9" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12185,51 +12132,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>fonti_rinnovabili_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]='1']X non è soggetto all’applicazione del d.lgs. n. 28/2011, in quanto non riguarda edifici di nuova costruzione o edifici sottoposti ad una ristrutturazione rilevante</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC25D9" w14:paraId="1E018BCB" w14:textId="77777777" w:rsidTr="004E62D0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9541" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="545866B5" w14:textId="77777777" w:rsidR="00FC25D9" w:rsidRPr="000A2DE9" w:rsidRDefault="00FC25D9" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12276,51 +12222,50 @@
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]='2']X è soggetto all’applicazione del d.lgs. n. 28/2011, pertanto</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblInd w:w="595" w:type="dxa"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="8730"/>
             </w:tblGrid>
             <w:tr w:rsidR="00FC25D9" w:rsidRPr="000A2DE9" w14:paraId="7D91ACAE" w14:textId="77777777" w:rsidTr="00F13CC0">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8898" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="5E69027F" w14:textId="77777777" w:rsidR="00FC25D9" w:rsidRPr="000A2DE9" w:rsidRDefault="00FC25D9" w:rsidP="00F13CC0">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1834"/>
                     </w:tabs>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000A2DE9">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="000A2DE9">
@@ -12370,51 +12315,50 @@
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>prescrizioni_fonti_rinnovabili_opt_key</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                   <w:r w:rsidRPr="000A2DE9">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>]='1']X il rispetto delle prescrizioni in materia di utilizzo di fonti di energia rinnovabili è indicato negli elaborati progettuali e nella relazione tecnica prevista dall’articolo 125 del d.P.R. n. 380/2001 e dal d.lgs. n. 192/2005 in materia di risparmio energetico</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00FC25D9" w:rsidRPr="000A2DE9" w14:paraId="326B5492" w14:textId="77777777" w:rsidTr="00F13CC0">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8898" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="589A9AA7" w14:textId="77777777" w:rsidR="00FC25D9" w:rsidRPr="000A2DE9" w:rsidRDefault="00FC25D9" w:rsidP="00F13CC0">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000A2DE9">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="000A2DE9">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
@@ -12485,100 +12429,98 @@
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="5A9840FA" w14:textId="77777777" w:rsidR="00FC25D9" w:rsidRPr="000A2DE9" w:rsidRDefault="00FC25D9" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC25D9" w14:paraId="5398B8AF" w14:textId="77777777" w:rsidTr="004E62D0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9541" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C5C9D79" w14:textId="77777777" w:rsidR="00FC25D9" w:rsidRDefault="00FC25D9" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="481203AC" w14:textId="77777777" w:rsidR="00FC25D9" w:rsidRPr="008D662E" w:rsidRDefault="00FC25D9" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D662E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>che l’intervento, in relazione al miglioramento energetico degli edifici:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7623B9B8" w14:textId="77777777" w:rsidR="00FC25D9" w:rsidRPr="008D662E" w:rsidRDefault="00FC25D9" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC25D9" w:rsidRPr="009417D4" w14:paraId="0C3EF2FB" w14:textId="77777777" w:rsidTr="004E62D0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9541" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24F200B2" w14:textId="77777777" w:rsidR="00FC25D9" w:rsidRDefault="00FC25D9" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12718,51 +12660,50 @@
                     <w:t>]</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="37D89E55" w14:textId="77777777" w:rsidR="00FC25D9" w:rsidRPr="008420E6" w:rsidRDefault="00FC25D9" w:rsidP="00FC25D9">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC25D9" w:rsidRPr="00B05C94" w14:paraId="19630B8F" w14:textId="77777777" w:rsidTr="004E62D0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9541" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65FC4153" w14:textId="77777777" w:rsidR="00FC25D9" w:rsidRPr="000A2DE9" w:rsidRDefault="00FC25D9" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12801,51 +12742,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>miglioramento_energetico_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]='2']X non ricade nel campo di applicazione dell’articolo 14 del d.lgs. n. 102/2014 e s.m.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC25D9" w:rsidRPr="00B05C94" w14:paraId="67174800" w14:textId="77777777" w:rsidTr="004E62D0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9541" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33530097" w14:textId="77777777" w:rsidR="00FC25D9" w:rsidRDefault="00FC25D9" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="124A72E8" w14:textId="77777777" w:rsidR="00FC25D9" w:rsidRDefault="00FC25D9" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12866,51 +12806,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D26DDC9" w14:textId="77777777" w:rsidR="00FC25D9" w:rsidRPr="000A2DE9" w:rsidRDefault="00FC25D9" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC25D9" w:rsidRPr="003D35F6" w14:paraId="346899A5" w14:textId="77777777" w:rsidTr="004E62D0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9541" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03321BFE" w14:textId="77777777" w:rsidR="00FC25D9" w:rsidRPr="003D35F6" w:rsidRDefault="00FC25D9" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D35F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003D35F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12942,58 +12881,57 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003D35F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>bonus_energetico_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003D35F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]='1']X ricade nell’articolo 12, comma 1, del d.lgs. n. 28/2011 in merito al bonus volumetrico del 5 per cento, pertanto si certifica nella relazione tecnica una copertura dei consumi di calore, di elettricità e per il raffrescamento, mediante energia prodotta da fonti rinnovabili, in misura superiore di almeno il 30 per cento rispetto ai valori minimi obbligatori di cui all’allegato 3 del d.lgs. n. 28/2011;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC25D9" w:rsidRPr="00E94A79" w14:paraId="0ED5AA92" w14:textId="77777777" w:rsidTr="004E62D0">
+      <w:tr w:rsidR="00FC25D9" w:rsidRPr="00033ADA" w14:paraId="0ED5AA92" w14:textId="77777777" w:rsidTr="004E62D0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9541" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BDB1587" w14:textId="77777777" w:rsidR="00FC25D9" w:rsidRPr="003D35F6" w:rsidRDefault="00FC25D9" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D35F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003D35F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -13175,58 +13113,57 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>ALTRE SEGNALAZIONI, COMUNICAZIONI, ASSEVRAZIONI E ISTANZE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19254C5F" w14:textId="77777777" w:rsidR="002917B8" w:rsidRPr="00B05C94" w:rsidRDefault="002917B8">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9464"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00886210" w14:paraId="313EEFF8" w14:textId="77777777" w:rsidTr="00D528E0">
+      <w:tr w:rsidR="00886210" w14:paraId="313EEFF8" w14:textId="77777777" w:rsidTr="00FD0336">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46EFA3BD" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>7) Tutela dall’inquinamento acustico</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72697195" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00F00C7C">
             <w:pPr>
@@ -13236,58 +13173,57 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>che l’intervento:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52375EDC" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00886210">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00886210" w14:paraId="5A120759" w14:textId="77777777" w:rsidTr="00D528E0">
+      <w:tr w:rsidR="00886210" w14:paraId="5A120759" w14:textId="77777777" w:rsidTr="00FD0336">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5688D2F6" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="000427C2" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000427C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000427C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -13327,58 +13263,57 @@
               <w:t xml:space="preserve"> [</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000427C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>inquinamento_acustico_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000427C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='1']X non rientra nell’ambito di applicazione dell’articolo 8 della l. n. 447/1995</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00886210" w14:paraId="726AA98B" w14:textId="77777777" w:rsidTr="00D528E0">
+      <w:tr w:rsidR="00886210" w14:paraId="726AA98B" w14:textId="77777777" w:rsidTr="00FD0336">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00B0D553" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="000427C2" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000427C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000427C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -13432,51 +13367,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='2']X rientra nell’ambito di applicazione dell’articolo 8 della l. n. 447/1995, integrato con i contenuti dell’articolo 4 del d.P.R. n. 227/2011 e pertanto si allega:</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblInd w:w="595" w:type="dxa"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="8653"/>
             </w:tblGrid>
             <w:tr w:rsidR="00886210" w:rsidRPr="000427C2" w14:paraId="32995A44" w14:textId="77777777" w:rsidTr="00FB1CFB">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8898" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="1AF48B86" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="000427C2" w:rsidRDefault="00F00C7C">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1834"/>
                     </w:tabs>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000427C2">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>X [inquinamento_acustico_art_8.val;block=</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="000427C2">
@@ -13492,58 +13426,57 @@
                   <w:r w:rsidRPr="000427C2">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>]</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="4028A5BA" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="000427C2" w:rsidRDefault="00886210">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F4BAE" w:rsidRPr="004F4BAE" w14:paraId="288FACA4" w14:textId="77777777" w:rsidTr="00D528E0">
+      <w:tr w:rsidR="004F4BAE" w:rsidRPr="004F4BAE" w14:paraId="288FACA4" w14:textId="77777777" w:rsidTr="00FD0336">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00F74145" w14:textId="517F1EBB" w:rsidR="004F4BAE" w:rsidRPr="000427C2" w:rsidRDefault="004F4BAE" w:rsidP="004F4BAE">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000427C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000427C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -13639,58 +13572,57 @@
               <w:t xml:space="preserve">']X non rientra nell’ambito dell’applicazione del </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000427C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>d.P.C.M.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000427C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5 dicembre 1997</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F4BAE" w:rsidRPr="004F4BAE" w14:paraId="3FB9E414" w14:textId="77777777" w:rsidTr="00D528E0">
+      <w:tr w:rsidR="004F4BAE" w:rsidRPr="004F4BAE" w14:paraId="3FB9E414" w14:textId="77777777" w:rsidTr="00FD0336">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2ADEC860" w14:textId="32F66712" w:rsidR="004F4BAE" w:rsidRPr="000427C2" w:rsidRDefault="004F4BAE" w:rsidP="004F4BAE">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000427C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000427C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -13786,78 +13718,315 @@
               <w:t xml:space="preserve">']X rientra nell’ambito dell’applicazione del </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000427C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>d.P.C.M.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000427C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5 dicembre 1997</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00FD0336" w:rsidRPr="00FD0336" w14:paraId="4C387E9E" w14:textId="77777777" w:rsidTr="00FD0336">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9464" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CC71335" w14:textId="6F04D37E" w:rsidR="00FD0336" w:rsidRPr="00FD0336" w:rsidRDefault="00FD0336" w:rsidP="004F4BAE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD0336">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>[</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FD0336">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>onshow;block</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FD0336">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FD0336">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>tbs:row;when</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FD0336">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> [</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FD0336">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>inquinamento_acustico_opt_key</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FD0336">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>]='3']X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD0336">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">non rientra nell’ambito dell’applicazione del </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FD0336">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>d.P.C.M.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FD0336">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 dicembre 1997</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FD0336" w:rsidRPr="00FD0336" w14:paraId="720DEF87" w14:textId="77777777" w:rsidTr="00FD0336">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9464" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6511AC5A" w14:textId="7DDA680C" w:rsidR="00FD0336" w:rsidRPr="00FD0336" w:rsidRDefault="00FD0336" w:rsidP="004F4BAE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD0336">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>[</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FD0336">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>onshow;block</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FD0336">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FD0336">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>tbs:row;when</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FD0336">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> [</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FD0336">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>inquinamento_acustico_opt_key</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FD0336">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">]='4']X rientra nell’ambito dell’applicazione del </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FD0336">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t>d.P.C.M.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FD0336">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 dicembre 1997</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="596FA340" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="004F4BAE" w:rsidRDefault="00886210">
+    <w:p w14:paraId="596FA340" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="00FD0336" w:rsidRDefault="00886210">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9464"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C3614" w14:paraId="5979F266" w14:textId="77777777" w:rsidTr="00F13CC0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9543" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D5EF104" w14:textId="77777777" w:rsidR="003C3614" w:rsidRDefault="003C3614" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">8) Produzione di materiali di risulta </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E50FF2B" w14:textId="77777777" w:rsidR="003C3614" w:rsidRDefault="003C3614" w:rsidP="00F13CC0">
             <w:pPr>
@@ -13877,51 +14046,50 @@
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>che le opere:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1459F0DC" w14:textId="77777777" w:rsidR="003C3614" w:rsidRDefault="003C3614" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C3614" w:rsidRPr="000A2DE9" w14:paraId="7B071A64" w14:textId="77777777" w:rsidTr="00F13CC0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9543" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36552206" w14:textId="77777777" w:rsidR="003C3614" w:rsidRPr="000A2DE9" w:rsidRDefault="003C3614" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -13968,69 +14136,69 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>materiali_risulta_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='1']X non sono soggette alla normativa relativa ai materiali da scavo (DPR 13 giugno 2017, n. 120 e art. 184-bis d.lgs. n. 152 del 2006)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C3614" w:rsidRPr="000A2DE9" w14:paraId="355AAC6B" w14:textId="77777777" w:rsidTr="00F13CC0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9543" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A8C62D7" w14:textId="77777777" w:rsidR="003C3614" w:rsidRPr="000A2DE9" w:rsidRDefault="003C3614" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>onshow;block</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
@@ -14067,51 +14235,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='2']X comportano la produzione di materiali da scavo considerati come sottoprodotti ai sensi dell’articolo 184-bis, comma 1 del d.lgs. n. 152/2006 e dell’articolo 4 del DPR 13 giugno 2017, n. 120</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="8732" w:type="dxa"/>
               <w:tblInd w:w="595" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="8732"/>
             </w:tblGrid>
             <w:tr w:rsidR="003C3614" w:rsidRPr="000A2DE9" w14:paraId="08441696" w14:textId="77777777" w:rsidTr="00F13CC0">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8903" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="56B8BD54" w14:textId="77777777" w:rsidR="003C3614" w:rsidRPr="000A2DE9" w:rsidRDefault="003C3614" w:rsidP="00F13CC0">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1843"/>
                     </w:tabs>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000A2DE9">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="000A2DE9">
@@ -14161,51 +14328,50 @@
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>materiali_risulta_limite_volume_key</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                   <w:r w:rsidRPr="000A2DE9">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>]='1']X le opere comportano la produzione di materiali da scavo per un volume inferiore o uguale a 6000 mc (cantiere di piccole dimensioni di cui all’art. 2, comma 1, lettera t) e artt. 20 e 21 del DPR n. 120/2017;</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="003C3614" w:rsidRPr="000A2DE9" w14:paraId="5BBC565E" w14:textId="77777777" w:rsidTr="00F13CC0">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8903" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="37232E84" w14:textId="77777777" w:rsidR="003C3614" w:rsidRPr="000A2DE9" w:rsidRDefault="003C3614" w:rsidP="00F13CC0">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1843"/>
                     </w:tabs>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000A2DE9">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="000A2DE9">
@@ -14256,51 +14422,50 @@
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>materiali_risulta_limite_volume_key</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                   <w:r w:rsidRPr="000A2DE9">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>]='2']X le opere comportano la produzione di materiali da scavo per un volume superiore a 6000 mc e sono soggette a VIA o AIA (cantiere di grandi dimensioni di cui all’art. 2, comma 1, lettera u) e artt. 8 e ss. del DPR n. 120/2017);</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="003C3614" w:rsidRPr="000A2DE9" w14:paraId="31C17E57" w14:textId="77777777" w:rsidTr="00F13CC0">
               <w:trPr>
                 <w:cantSplit/>
                 <w:trHeight w:val="260"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8903" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="634A3AE0" w14:textId="77777777" w:rsidR="003C3614" w:rsidRPr="000A2DE9" w:rsidRDefault="003C3614" w:rsidP="00F13CC0">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1843"/>
                     </w:tabs>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000A2DE9">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="000A2DE9">
@@ -14364,51 +14529,50 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="671896B6" w14:textId="77777777" w:rsidR="003C3614" w:rsidRPr="000A2DE9" w:rsidRDefault="003C3614" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C3614" w:rsidRPr="000A2DE9" w14:paraId="66794822" w14:textId="77777777" w:rsidTr="00F13CC0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9543" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="729558B7" w14:textId="77777777" w:rsidR="003C3614" w:rsidRPr="000A2DE9" w:rsidRDefault="003C3614" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -14455,70 +14619,68 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>materiali_risulta_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='3']X comportano la produzione di materiali da scavo che saranno riutilizzati nello stesso luogo di produzione</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C3614" w:rsidRPr="000A2DE9" w14:paraId="5544F4AD" w14:textId="77777777" w:rsidTr="00F13CC0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9543" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55D130AB" w14:textId="77777777" w:rsidR="003C3614" w:rsidRPr="000A2DE9" w:rsidRDefault="003C3614" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>onshow;block</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
@@ -14547,51 +14709,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>materiali_risulta_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='4']X riguardano interventi di demolizione di edifici o altri manufatti preesistenti e producono rifiuti la cui gestione è disciplinata ai sensi della parte quarta del d.lgs. n. 152/ 2006</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C3614" w:rsidRPr="000A2DE9" w14:paraId="1F8A0364" w14:textId="77777777" w:rsidTr="00F13CC0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9543" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="516B618B" w14:textId="77777777" w:rsidR="003C3614" w:rsidRPr="000A2DE9" w:rsidRDefault="003C3614" w:rsidP="00F13CC0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -14648,51 +14809,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='5']X comportano la produzione di materiali da scavo che saranno gestiti dall’interessato come rifiuti</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="65857ED0" w14:textId="77777777" w:rsidR="003C3614" w:rsidRDefault="003C3614"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9464"/>
       </w:tblGrid>
       <w:tr w:rsidR="00886210" w14:paraId="6A04EE73" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71B098F7" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>9) Prevenzione incendi</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EE92B73" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00F00C7C">
             <w:pPr>
@@ -14704,51 +14864,50 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>che l’intervento:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7234AE05" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00886210">
             <w:pPr>
               <w:contextualSpacing/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="008C63BE" w14:paraId="62546095" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A3C9CB3" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="008C63BE" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C63BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008C63BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -14795,51 +14954,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>prevenzione_incendi_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008C63BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='1']X non è soggetto alle norme di prevenzione incendi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="008C63BE" w14:paraId="51A0D3EB" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A0A2100" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="008C63BE" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C63BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008C63BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -14886,51 +15044,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>prevenzione_incendi_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008C63BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='2']X è soggetto alle norme tecniche di prevenzione incendi e le stesse sono rispettate nel progetto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="008C63BE" w14:paraId="5C68D4F2" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="21EEACD3" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="008C63BE" w:rsidRDefault="00F00C7C" w:rsidP="00FE70A0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C63BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008C63BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -14986,95 +15143,93 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">]='3']X presenta caratteristiche tali da non consentire l’integrale osservanza delle regole tecniche di prevenzione incendi e </w:t>
             </w:r>
             <w:r w:rsidR="00FE70A0" w:rsidRPr="008C63BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>si allega documentazione necessaria all’ottenimento della deroga</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="008C63BE" w14:paraId="04A06D39" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3CBE2DE4" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="008C63BE" w:rsidRDefault="00886210">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="66F365D5" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="008C63BE" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C63BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>e che l’intervento:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22968CB3" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="008C63BE" w:rsidRDefault="00886210">
             <w:pPr>
               <w:contextualSpacing/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="008C63BE" w14:paraId="7D0F4785" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="198ACE0B" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="008C63BE" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C63BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008C63BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -15139,51 +15294,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008C63BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>alla valutazione del progetto da parte del Comando Provinciale dei Vigili del Fuoco ai sensi del d.P.R. n. 151/2011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="008C63BE" w14:paraId="4B5EEEDB" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E37BD1D" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="008C63BE" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C63BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008C63BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -15239,51 +15393,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">]='2']X è soggetto alla valutazione del progetto da parte del Comando Provinciale dei Vigili del Fuoco, ai sensi dell’articolo 3 del d.P.R. n. 151/2011 e </w:t>
             </w:r>
             <w:r w:rsidR="00F5427D" w:rsidRPr="008C63BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>si allega la documentazione necessaria alla valutazione del progetto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F5427D" w:rsidRPr="008C63BE" w14:paraId="176836D3" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13FE21ED" w14:textId="77777777" w:rsidR="00F5427D" w:rsidRPr="008C63BE" w:rsidRDefault="00F5427D">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C63BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008C63BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -15399,51 +15552,50 @@
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9464"/>
       </w:tblGrid>
       <w:tr w:rsidR="00886210" w14:paraId="1A566C4A" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A63C403" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="00E324AF" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E324AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>10) Amianto</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5063808E" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="00E324AF" w:rsidRDefault="00F00C7C">
             <w:pPr>
@@ -15460,51 +15612,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>che le opere:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14479CC8" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="00E324AF" w:rsidRDefault="00886210">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="008C63BE" w14:paraId="0E0C1E29" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00851F3D" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="008C63BE" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C63BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008C63BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -15551,51 +15702,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>amianto_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008C63BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='1']X non interessano parti di edifici con presenza di fibre di amianto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="008C63BE" w14:paraId="067FEA80" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01EDCAD0" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="008C63BE" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C63BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008C63BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -15677,51 +15827,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="8903" w:type="dxa"/>
               <w:tblInd w:w="595" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="8903"/>
             </w:tblGrid>
             <w:tr w:rsidR="00E324AF" w:rsidRPr="008C63BE" w14:paraId="464E0E77" w14:textId="77777777" w:rsidTr="00FB1CFB">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8903" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="1A8A4A38" w14:textId="77777777" w:rsidR="00E324AF" w:rsidRPr="008C63BE" w:rsidRDefault="00E324AF" w:rsidP="00460D24">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1843"/>
                     </w:tabs>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="008C63BE">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="008C63BE">
@@ -15771,51 +15920,50 @@
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>amianto_edifici_opt_key</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                   <w:r w:rsidRPr="008C63BE">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>]='1']X in allegato alla presente relazione di asseverazione</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00E324AF" w:rsidRPr="008C63BE" w14:paraId="486529F8" w14:textId="77777777" w:rsidTr="00FB1CFB">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8903" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="3B8DC256" w14:textId="77777777" w:rsidR="00E324AF" w:rsidRPr="008C63BE" w:rsidRDefault="00E324AF" w:rsidP="00460D24">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1843"/>
                     </w:tabs>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="008C63BE">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="008C63BE">
@@ -15898,51 +16046,50 @@
     <w:p w14:paraId="7453E3AC" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="00D05536" w:rsidRDefault="00886210">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9464"/>
       </w:tblGrid>
       <w:tr w:rsidR="004E1EA4" w:rsidRPr="008F01B2" w14:paraId="213D3C0F" w14:textId="77777777" w:rsidTr="006254C3">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E4D7B27" w14:textId="77777777" w:rsidR="004E1EA4" w:rsidRPr="008F01B2" w:rsidRDefault="004E1EA4" w:rsidP="006254C3">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F01B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>11) Conformità igienico-sanitaria</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D7A4D73" w14:textId="77777777" w:rsidR="004E1EA4" w:rsidRPr="008F01B2" w:rsidRDefault="004E1EA4" w:rsidP="006254C3">
             <w:pPr>
@@ -15959,51 +16106,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>che l’intervento:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07FA1D28" w14:textId="77777777" w:rsidR="004E1EA4" w:rsidRPr="008F01B2" w:rsidRDefault="004E1EA4" w:rsidP="006254C3">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E1EA4" w:rsidRPr="008F01B2" w14:paraId="3BD025EA" w14:textId="77777777" w:rsidTr="006254C3">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4535CB96" w14:textId="77777777" w:rsidR="004E1EA4" w:rsidRPr="008F01B2" w:rsidRDefault="004E1EA4" w:rsidP="006254C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F01B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008F01B2">
@@ -16053,51 +16199,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>igienico_sanitari_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008F01B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='1']X è conforme ai requisiti igienico-sanitari e alle ipotesi di deroghe previste</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E1EA4" w:rsidRPr="008F01B2" w14:paraId="541B107F" w14:textId="77777777" w:rsidTr="006254C3">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B4B557B" w14:textId="77777777" w:rsidR="004E1EA4" w:rsidRPr="008F01B2" w:rsidRDefault="004E1EA4" w:rsidP="006254C3">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F01B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008F01B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -16144,51 +16289,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>igienico_sanitari_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008F01B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='2']X non è conforme ai requisiti igienico-sanitari e alle ipotesi di deroghe previste e pertanto si allega la documentazione per la richiesta di deroga</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E1EA4" w:rsidRPr="00D85F3F" w14:paraId="3A0934D5" w14:textId="77777777" w:rsidTr="006254C3">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D54B68C" w14:textId="77777777" w:rsidR="004E1EA4" w:rsidRPr="008F01B2" w:rsidRDefault="004E1EA4" w:rsidP="006254C3">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F01B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008F01B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -16828,51 +16972,50 @@
     <w:p w14:paraId="0E8563AC" w14:textId="77777777" w:rsidR="004E1EA4" w:rsidRDefault="004E1EA4">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9714" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9714"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CA00CA" w14:paraId="2DC219F8" w14:textId="77777777" w:rsidTr="004B530A">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="680F68A4" w14:textId="77777777" w:rsidR="00CA00CA" w:rsidRDefault="00CA00CA" w:rsidP="002E61DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>12) Interventi strutturali e/o in zona sismica</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="322E38CA" w14:textId="77777777" w:rsidR="00CA00CA" w:rsidRDefault="00CA00CA" w:rsidP="002E61DB">
             <w:pPr>
@@ -16889,51 +17032,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>che l’intervento:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="324575B9" w14:textId="77777777" w:rsidR="00CA00CA" w:rsidRDefault="00CA00CA" w:rsidP="002E61DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA00CA" w:rsidRPr="000A2DE9" w14:paraId="44B1D3A8" w14:textId="77777777" w:rsidTr="004B530A">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6DB7597A" w14:textId="39F6CA2E" w:rsidR="00CA00CA" w:rsidRDefault="00CA00CA" w:rsidP="002E61DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -17023,51 +17165,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="8903" w:type="dxa"/>
               <w:tblInd w:w="595" w:type="dxa"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="8903"/>
             </w:tblGrid>
             <w:tr w:rsidR="00B9438B" w:rsidRPr="000A2DE9" w14:paraId="0B8BB693" w14:textId="77777777" w:rsidTr="00E7137B">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8903" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="58E60647" w14:textId="348C67ED" w:rsidR="00B9438B" w:rsidRPr="000A2DE9" w:rsidRDefault="00B9438B" w:rsidP="00B9438B">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1843"/>
                     </w:tabs>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000A2DE9">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="000A2DE9">
@@ -17135,51 +17276,50 @@
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t xml:space="preserve">]='1']X </w:t>
                   </w:r>
                   <w:r w:rsidR="00352FF3" w:rsidRPr="00352FF3">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>si allega il preavviso-denuncia semplificata per interventi “privi di rilevanza”</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B9438B" w:rsidRPr="000A2DE9" w14:paraId="203B4D1C" w14:textId="77777777" w:rsidTr="00E7137B">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8903" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="09E7E4A5" w14:textId="6CDDDD6D" w:rsidR="00B9438B" w:rsidRPr="000A2DE9" w:rsidRDefault="00B9438B" w:rsidP="00B9438B">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1843"/>
                     </w:tabs>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000A2DE9">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="000A2DE9">
@@ -17261,51 +17401,50 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="0A6AF7D1" w14:textId="2DF08552" w:rsidR="00B9438B" w:rsidRPr="000A2DE9" w:rsidRDefault="00B9438B" w:rsidP="002E61DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA00CA" w:rsidRPr="00A94454" w14:paraId="716306D4" w14:textId="77777777" w:rsidTr="004B530A">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7511BFDA" w14:textId="41EF320C" w:rsidR="00CA00CA" w:rsidRPr="000A2DE9" w:rsidRDefault="00CA00CA" w:rsidP="002E61DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -17368,51 +17507,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>rientra negli interventi di “minore rilevanza” nei riguardi della pubblica incolumità ai sensi dell’articolo 94-bis c. 1 lett. b) del d.P.R. n. 380/2001, secondo le linee guida approvate con D.M. 30/04/2020 e le disposizioni emanate dalla Regione Liguria (L.R. 29/1983 e relativi provvedimenti di attuazione, tra cui la D.G.R. n. 812/2020)</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="8903" w:type="dxa"/>
               <w:tblInd w:w="595" w:type="dxa"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="8903"/>
             </w:tblGrid>
             <w:tr w:rsidR="00CA00CA" w:rsidRPr="00FA0FE7" w14:paraId="4477F9DF" w14:textId="77777777" w:rsidTr="00E7137B">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8903" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="44F9F6A5" w14:textId="52E19C83" w:rsidR="00CA00CA" w:rsidRPr="00FA0FE7" w:rsidRDefault="00CA00CA" w:rsidP="002E61DB">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1843"/>
                     </w:tabs>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00FA0FE7">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="00FA0FE7">
@@ -17471,51 +17609,50 @@
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t xml:space="preserve">]='1']X </w:t>
                   </w:r>
                   <w:r w:rsidR="00D530DE" w:rsidRPr="00FA0FE7">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>si allega la denuncia delle opere strutturali ai sensi degli articoli 65 e 93 del d.P.R. n. 380/2001</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00CA00CA" w:rsidRPr="00FA0FE7" w14:paraId="776EB718" w14:textId="77777777" w:rsidTr="00E7137B">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8903" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="49B9C95C" w14:textId="6ECE1831" w:rsidR="00CA00CA" w:rsidRPr="00FA0FE7" w:rsidRDefault="00CA00CA" w:rsidP="002E61DB">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1843"/>
                     </w:tabs>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00FA0FE7">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="00FA0FE7">
@@ -17574,51 +17711,50 @@
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t xml:space="preserve">]='2']X </w:t>
                   </w:r>
                   <w:r w:rsidR="006D7597" w:rsidRPr="00FA0FE7">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>si allega l’istanza per il rilascio della certificazione alla sopraelevazione ai sensi dell’articolo 90 del d.P.R. n. 380/2001</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="008F6636" w:rsidRPr="00FA0FE7" w14:paraId="1F7D9CCF" w14:textId="77777777" w:rsidTr="00E7137B">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8903" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="460DEE59" w14:textId="5401D07F" w:rsidR="008F6636" w:rsidRPr="00FA0FE7" w:rsidRDefault="00D530DE" w:rsidP="002E61DB">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1843"/>
                     </w:tabs>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00FA0FE7">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="00FA0FE7">
@@ -17677,51 +17813,50 @@
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>]='3']X</w:t>
                   </w:r>
                   <w:r w:rsidR="006D7597" w:rsidRPr="00FA0FE7">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> la denuncia delle opere strutturali ai sensi degli articoli 65 e 93 del d.P.R. n. 380/2001 sarà allegata alla comunicazione di inizio dei lavori</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="008F6636" w:rsidRPr="00A94454" w14:paraId="0774B11E" w14:textId="77777777" w:rsidTr="00E7137B">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8903" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="519CCD16" w14:textId="4C1C1B65" w:rsidR="008F6636" w:rsidRPr="00A94454" w:rsidRDefault="00D530DE" w:rsidP="002E61DB">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1843"/>
                     </w:tabs>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00FA0FE7">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="00FA0FE7">
@@ -17803,51 +17938,50 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="6D730A67" w14:textId="77777777" w:rsidR="00CA00CA" w:rsidRPr="00A94454" w:rsidRDefault="00CA00CA" w:rsidP="002E61DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA00CA" w:rsidRPr="000A2DE9" w14:paraId="39A81568" w14:textId="77777777" w:rsidTr="004B530A">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2369BA64" w14:textId="77777777" w:rsidR="00CA00CA" w:rsidRDefault="00CA00CA" w:rsidP="002E61DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -17910,51 +18044,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>rientra negli interventi “rilevanti” nei riguardi della pubblica incolumità ai sensi dell’articolo 94-bis c. 1 lett. a) del d.P.R. n. 380/2001, secondo le linee guida approvate con D.M. 30/04/2020 e le disposizioni emanate dalla Regione Liguria (L.R. 29/1983 e relativi provvedimenti di attuazione, tra cui la D.G.R. n. 812/2020)</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="8903" w:type="dxa"/>
               <w:tblInd w:w="595" w:type="dxa"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="8903"/>
             </w:tblGrid>
             <w:tr w:rsidR="00D77681" w:rsidRPr="000A2DE9" w14:paraId="069C7E52" w14:textId="77777777" w:rsidTr="00E7137B">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8903" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="7D998BFE" w14:textId="707C2C9B" w:rsidR="00D77681" w:rsidRPr="000A2DE9" w:rsidRDefault="00D77681" w:rsidP="00D77681">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1843"/>
                     </w:tabs>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000A2DE9">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="000A2DE9">
@@ -18022,51 +18155,50 @@
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t xml:space="preserve">]='1']X </w:t>
                   </w:r>
                   <w:r w:rsidR="00994C43" w:rsidRPr="00994C43">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>si allega l’istanza per il rilascio dell’autorizzazione sismica ai sensi dell’articolo 94 del d.P.R. n. 380/2001, comprensiva dell’eventuale istanza per il rilascio della certificazione alla sopraelevazione ai sensi dell’articolo 90 del d.P.R. n. 380/2001</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00D77681" w:rsidRPr="000A2DE9" w14:paraId="65BD4C71" w14:textId="77777777" w:rsidTr="00E7137B">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8903" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="3CA6CAC2" w14:textId="188783F5" w:rsidR="00D77681" w:rsidRPr="000A2DE9" w:rsidRDefault="00D77681" w:rsidP="00D77681">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1843"/>
                     </w:tabs>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000A2DE9">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="000A2DE9">
@@ -18148,51 +18280,50 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="7F09E521" w14:textId="4FF9F19D" w:rsidR="00D77681" w:rsidRPr="000A2DE9" w:rsidRDefault="00D77681" w:rsidP="002E61DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA00CA" w:rsidRPr="000A2DE9" w14:paraId="30C91F56" w14:textId="77777777" w:rsidTr="004B530A">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0049F859" w14:textId="6226C4F0" w:rsidR="00CA00CA" w:rsidRPr="000A2DE9" w:rsidRDefault="00CA00CA" w:rsidP="002E61DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -18306,51 +18437,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>data_protocollo_interventi_strutturali_variante</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000A2DE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B530A" w:rsidRPr="000A2DE9" w14:paraId="7988334D" w14:textId="77777777" w:rsidTr="004B530A">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B7E2982" w14:textId="77777777" w:rsidR="004B530A" w:rsidRDefault="004B530A" w:rsidP="002E61DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7E6B682B" w14:textId="332712FA" w:rsidR="004B530A" w:rsidRPr="000A2DE9" w:rsidRDefault="004B530A" w:rsidP="002E61DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B530A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -18473,51 +18603,50 @@
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="4802" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9464"/>
       </w:tblGrid>
       <w:tr w:rsidR="00970B3C" w:rsidRPr="00454C43" w14:paraId="47AE79E0" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="103622BF" w14:textId="77777777" w:rsidR="00970B3C" w:rsidRPr="00CB5E7F" w:rsidRDefault="000D74DF" w:rsidP="00460D24">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">13) </w:t>
             </w:r>
             <w:r w:rsidR="00970B3C" w:rsidRPr="00CB5E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -18541,51 +18670,50 @@
             <w:r w:rsidRPr="00CB5E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>che l’intervento, in relazione alla qualità ambientale dei terreni:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A819143" w14:textId="77777777" w:rsidR="00970B3C" w:rsidRPr="00CB5E7F" w:rsidRDefault="00970B3C" w:rsidP="00460D24">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00970B3C" w:rsidRPr="0005494C" w14:paraId="3EDADBFF" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B866B9B" w14:textId="77777777" w:rsidR="00970B3C" w:rsidRPr="0005494C" w:rsidRDefault="00970B3C" w:rsidP="00460D24">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -18629,51 +18757,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>qualita_terreni_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='1']X non richiede indagini ambientali preventive in relazione alle attività finora svolte sull’area interessata dall’intervento</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00970B3C" w:rsidRPr="0005494C" w14:paraId="619CB37E" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D369270" w14:textId="77777777" w:rsidR="00970B3C" w:rsidRPr="0005494C" w:rsidRDefault="00970B3C" w:rsidP="00460D24">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -18717,51 +18844,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>qualita_terreni_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='2']X a seguito delle preventive indagini ambientali effettuate, non necessita di bonifica, pertanto si allegano i risultati delle analisi ambientali dei terreni</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00970B3C" w:rsidRPr="0005494C" w14:paraId="108525B4" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="539EDCB0" w14:textId="77777777" w:rsidR="00970B3C" w:rsidRPr="0005494C" w:rsidRDefault="00970B3C" w:rsidP="00970B3C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -18925,51 +19051,50 @@
     <w:p w14:paraId="5F043518" w14:textId="77777777" w:rsidR="00970B3C" w:rsidRDefault="00970B3C">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9464"/>
       </w:tblGrid>
       <w:tr w:rsidR="000D74DF" w14:paraId="5C39CF54" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F75B73B" w14:textId="77777777" w:rsidR="000D74DF" w:rsidRDefault="000D74DF" w:rsidP="00460D24">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>14) Opere di urbanizzazione primaria</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22032049" w14:textId="77777777" w:rsidR="000D74DF" w:rsidRDefault="000D74DF" w:rsidP="00460D24">
             <w:pPr>
@@ -18986,51 +19111,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>che l’area/immobile oggetto di intervento:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6CFA5FCB" w14:textId="77777777" w:rsidR="000D74DF" w:rsidRDefault="000D74DF" w:rsidP="00460D24">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D74DF" w:rsidRPr="0005494C" w14:paraId="42F7E2AE" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30D3A89A" w14:textId="77777777" w:rsidR="000D74DF" w:rsidRPr="0005494C" w:rsidRDefault="000D74DF" w:rsidP="000D74DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
@@ -19080,51 +19204,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>opere_urbanizzazione_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='1']X è dotata delle opere di urbanizzazione primaria</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D74DF" w:rsidRPr="0005494C" w14:paraId="70CD7292" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3ABFF2AC" w14:textId="77777777" w:rsidR="000D74DF" w:rsidRPr="0005494C" w:rsidRDefault="000D74DF" w:rsidP="00460D24">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -19219,51 +19342,50 @@
     <w:p w14:paraId="14B12CD3" w14:textId="77777777" w:rsidR="000D74DF" w:rsidRDefault="000D74DF">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9464"/>
       </w:tblGrid>
       <w:tr w:rsidR="00087C2C" w14:paraId="314F6EC8" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C114FC6" w14:textId="5A649A48" w:rsidR="00087C2C" w:rsidRDefault="00087C2C" w:rsidP="00460D24">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>15) Scarichi idrici</w:t>
             </w:r>
             <w:r w:rsidR="00901659">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -19290,51 +19412,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>che l’intervento, in relazione agli eventuali scarichi idrici previsti nel progetto</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FC55B61" w14:textId="77777777" w:rsidR="00087C2C" w:rsidRDefault="00087C2C" w:rsidP="00460D24">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00087C2C" w:rsidRPr="0005494C" w14:paraId="413FAF63" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F59C0A1" w14:textId="77777777" w:rsidR="00087C2C" w:rsidRPr="0005494C" w:rsidRDefault="00087C2C" w:rsidP="00460D24">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -19381,51 +19502,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>scarichi_idrici_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='1']X non necessita di autorizzazione allo scarico</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00087C2C" w:rsidRPr="0005494C" w14:paraId="61F178CA" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43384D12" w14:textId="77777777" w:rsidR="00087C2C" w:rsidRPr="0005494C" w:rsidRDefault="00087C2C" w:rsidP="00460D24">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -19472,51 +19592,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>scarichi_idrici_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='2']X necessita di autorizzazione allo scarico e la stessa è stata richiesta / ottenuta nell’ambito di altre autorizzazioni o valutazioni ambientali (AUA, AIA, VIA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00087C2C" w:rsidRPr="0005494C" w14:paraId="5282FA6C" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07B3C1A4" w14:textId="77777777" w:rsidR="00087C2C" w:rsidRPr="0005494C" w:rsidRDefault="00087C2C" w:rsidP="00460D24">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -19571,51 +19690,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='3']X necessita di autorizzazione</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblInd w:w="595" w:type="dxa"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="8653"/>
             </w:tblGrid>
             <w:tr w:rsidR="00087C2C" w:rsidRPr="0005494C" w14:paraId="703BB064" w14:textId="77777777" w:rsidTr="00FB1CFB">
               <w:trPr>
                 <w:cantSplit/>
                 <w:trHeight w:val="1417"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8898" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="16186568" w14:textId="77777777" w:rsidR="00087C2C" w:rsidRPr="0005494C" w:rsidRDefault="00087C2C" w:rsidP="00460D24">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1843"/>
                     </w:tabs>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0005494C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="0005494C">
@@ -19692,51 +19810,50 @@
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>. n. 43/1995 e pertanto</w:t>
                   </w:r>
                 </w:p>
                 <w:tbl>
                   <w:tblPr>
                     <w:tblW w:w="0" w:type="auto"/>
                     <w:tblInd w:w="988" w:type="dxa"/>
                     <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
                   </w:tblPr>
                   <w:tblGrid>
                     <w:gridCol w:w="7449"/>
                   </w:tblGrid>
                   <w:tr w:rsidR="00087C2C" w:rsidRPr="0005494C" w14:paraId="5E3EE3E5" w14:textId="77777777" w:rsidTr="00FB1CFB">
                     <w:trPr>
                       <w:cantSplit/>
                     </w:trPr>
                     <w:tc>
                       <w:tcPr>
                         <w:tcW w:w="7679" w:type="dxa"/>
-                        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                       </w:tcPr>
                       <w:p w14:paraId="40F6FC6E" w14:textId="77777777" w:rsidR="00087C2C" w:rsidRPr="0005494C" w:rsidRDefault="00087C2C" w:rsidP="00460D24">
                         <w:pPr>
                           <w:tabs>
                             <w:tab w:val="left" w:pos="1843"/>
                           </w:tabs>
                           <w:contextualSpacing/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="it-IT"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="0005494C">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="it-IT"/>
                           </w:rPr>
                           <w:t>[</w:t>
                         </w:r>
                         <w:proofErr w:type="spellStart"/>
                         <w:r w:rsidRPr="0005494C">
@@ -19786,51 +19903,50 @@
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="it-IT"/>
                           </w:rPr>
                           <w:t>scarichi_idrici_autorizzazione_opt_key</w:t>
                         </w:r>
                         <w:proofErr w:type="spellEnd"/>
                         <w:r w:rsidRPr="0005494C">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="it-IT"/>
                           </w:rPr>
                           <w:t>]='1']X si allega la documentazione necessaria ai fini del rilascio della stessa</w:t>
                         </w:r>
                       </w:p>
                     </w:tc>
                   </w:tr>
                   <w:tr w:rsidR="00087C2C" w:rsidRPr="0005494C" w14:paraId="4A8EC4C5" w14:textId="77777777" w:rsidTr="00FB1CFB">
                     <w:trPr>
                       <w:cantSplit/>
                     </w:trPr>
                     <w:tc>
                       <w:tcPr>
                         <w:tcW w:w="7679" w:type="dxa"/>
-                        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                       </w:tcPr>
                       <w:p w14:paraId="2DB9C386" w14:textId="77777777" w:rsidR="00087C2C" w:rsidRPr="0005494C" w:rsidRDefault="00087C2C" w:rsidP="00460D24">
                         <w:pPr>
                           <w:tabs>
                             <w:tab w:val="left" w:pos="1843"/>
                           </w:tabs>
                           <w:contextualSpacing/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="it-IT"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="0005494C">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="it-IT"/>
                           </w:rPr>
                           <w:t>[</w:t>
                         </w:r>
                         <w:proofErr w:type="spellStart"/>
                         <w:r w:rsidRPr="0005494C">
@@ -19936,51 +20052,50 @@
                     </w:tc>
                   </w:tr>
                 </w:tbl>
                 <w:p w14:paraId="621F9248" w14:textId="77777777" w:rsidR="00087C2C" w:rsidRPr="0005494C" w:rsidRDefault="00087C2C" w:rsidP="00460D24">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1843"/>
                     </w:tabs>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00087C2C" w:rsidRPr="0005494C" w14:paraId="310FB191" w14:textId="77777777" w:rsidTr="00FB1CFB">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8898" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="3CEADD2C" w14:textId="77777777" w:rsidR="00087C2C" w:rsidRPr="0005494C" w:rsidRDefault="00087C2C" w:rsidP="00460D24">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1843"/>
                     </w:tabs>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0005494C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="0005494C">
@@ -20037,51 +20152,50 @@
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>]='2']X allo scarico in acque superficiali, sul suolo e negli strati superficiali del sottosuolo ai sensi del d.lgs. n. 152/2006 e pertanto</w:t>
                   </w:r>
                 </w:p>
                 <w:tbl>
                   <w:tblPr>
                     <w:tblW w:w="0" w:type="auto"/>
                     <w:tblInd w:w="988" w:type="dxa"/>
                     <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
                   </w:tblPr>
                   <w:tblGrid>
                     <w:gridCol w:w="7449"/>
                   </w:tblGrid>
                   <w:tr w:rsidR="00087C2C" w:rsidRPr="0005494C" w14:paraId="6E039FCF" w14:textId="77777777" w:rsidTr="00FB1CFB">
                     <w:trPr>
                       <w:cantSplit/>
                     </w:trPr>
                     <w:tc>
                       <w:tcPr>
                         <w:tcW w:w="7679" w:type="dxa"/>
-                        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                       </w:tcPr>
                       <w:p w14:paraId="1933A9BE" w14:textId="77777777" w:rsidR="00087C2C" w:rsidRPr="0005494C" w:rsidRDefault="00087C2C" w:rsidP="00460D24">
                         <w:pPr>
                           <w:tabs>
                             <w:tab w:val="left" w:pos="1843"/>
                           </w:tabs>
                           <w:contextualSpacing/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="it-IT"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="0005494C">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="it-IT"/>
                           </w:rPr>
                           <w:t>[</w:t>
                         </w:r>
                         <w:proofErr w:type="spellStart"/>
                         <w:r w:rsidRPr="0005494C">
@@ -20132,51 +20246,50 @@
                             <w:lang w:eastAsia="it-IT"/>
                           </w:rPr>
                           <w:t>scarichi_idrici_autorizzazione_opt_key</w:t>
                         </w:r>
                         <w:proofErr w:type="spellEnd"/>
                         <w:r w:rsidRPr="0005494C">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="it-IT"/>
                           </w:rPr>
                           <w:t>]='1']X si allega la documentazione necessaria ai fini del rilascio della stessa</w:t>
                         </w:r>
                       </w:p>
                     </w:tc>
                   </w:tr>
                   <w:tr w:rsidR="00087C2C" w:rsidRPr="0005494C" w14:paraId="2E164B91" w14:textId="77777777" w:rsidTr="00FB1CFB">
                     <w:trPr>
                       <w:cantSplit/>
                       <w:trHeight w:val="649"/>
                     </w:trPr>
                     <w:tc>
                       <w:tcPr>
                         <w:tcW w:w="7679" w:type="dxa"/>
-                        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                       </w:tcPr>
                       <w:p w14:paraId="1C16B479" w14:textId="77777777" w:rsidR="00087C2C" w:rsidRPr="0005494C" w:rsidRDefault="00087C2C" w:rsidP="00460D24">
                         <w:pPr>
                           <w:tabs>
                             <w:tab w:val="left" w:pos="1843"/>
                           </w:tabs>
                           <w:contextualSpacing/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="it-IT"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="0005494C">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="it-IT"/>
                           </w:rPr>
                           <w:t>[</w:t>
                         </w:r>
                         <w:proofErr w:type="spellStart"/>
                         <w:r w:rsidRPr="0005494C">
@@ -20280,51 +20393,50 @@
                         </w:r>
                       </w:p>
                     </w:tc>
                   </w:tr>
                 </w:tbl>
                 <w:p w14:paraId="285DC9B3" w14:textId="77777777" w:rsidR="00087C2C" w:rsidRPr="0005494C" w:rsidRDefault="00087C2C" w:rsidP="00460D24">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00087C2C" w:rsidRPr="0005494C" w14:paraId="0C510B3A" w14:textId="77777777" w:rsidTr="00FB1CFB">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8898" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="421BE3D6" w14:textId="77777777" w:rsidR="00087C2C" w:rsidRPr="0005494C" w:rsidRDefault="00087C2C" w:rsidP="00460D24">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0005494C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="0005494C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
@@ -20398,51 +20510,50 @@
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t xml:space="preserve">. n. 43/1995 e pertanto </w:t>
                   </w:r>
                 </w:p>
                 <w:tbl>
                   <w:tblPr>
                     <w:tblW w:w="0" w:type="auto"/>
                     <w:tblInd w:w="988" w:type="dxa"/>
                     <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
                   </w:tblPr>
                   <w:tblGrid>
                     <w:gridCol w:w="7449"/>
                   </w:tblGrid>
                   <w:tr w:rsidR="00087C2C" w:rsidRPr="0005494C" w14:paraId="0339E421" w14:textId="77777777" w:rsidTr="00FB1CFB">
                     <w:trPr>
                       <w:cantSplit/>
                     </w:trPr>
                     <w:tc>
                       <w:tcPr>
                         <w:tcW w:w="7679" w:type="dxa"/>
-                        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                       </w:tcPr>
                       <w:p w14:paraId="4300729E" w14:textId="77777777" w:rsidR="00087C2C" w:rsidRPr="0005494C" w:rsidRDefault="00087C2C" w:rsidP="00460D24">
                         <w:pPr>
                           <w:tabs>
                             <w:tab w:val="left" w:pos="1843"/>
                           </w:tabs>
                           <w:contextualSpacing/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="it-IT"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="0005494C">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="it-IT"/>
                           </w:rPr>
                           <w:t>[</w:t>
                         </w:r>
                         <w:proofErr w:type="spellStart"/>
                         <w:r w:rsidRPr="0005494C">
@@ -20492,51 +20603,50 @@
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="it-IT"/>
                           </w:rPr>
                           <w:t>scarichi_idrici_autorizzazione_opt_key</w:t>
                         </w:r>
                         <w:proofErr w:type="spellEnd"/>
                         <w:r w:rsidRPr="0005494C">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="it-IT"/>
                           </w:rPr>
                           <w:t>]='1']X si allega la documentazione necessaria ai fini del rilascio della stessa</w:t>
                         </w:r>
                       </w:p>
                     </w:tc>
                   </w:tr>
                   <w:tr w:rsidR="00087C2C" w:rsidRPr="0005494C" w14:paraId="70CD9BE7" w14:textId="77777777" w:rsidTr="00FB1CFB">
                     <w:trPr>
                       <w:cantSplit/>
                     </w:trPr>
                     <w:tc>
                       <w:tcPr>
                         <w:tcW w:w="7679" w:type="dxa"/>
-                        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                       </w:tcPr>
                       <w:p w14:paraId="5EF17976" w14:textId="77777777" w:rsidR="00087C2C" w:rsidRPr="0005494C" w:rsidRDefault="00087C2C" w:rsidP="00460D24">
                         <w:pPr>
                           <w:tabs>
                             <w:tab w:val="left" w:pos="1843"/>
                           </w:tabs>
                           <w:contextualSpacing/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="it-IT"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="0005494C">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:eastAsia="it-IT"/>
                           </w:rPr>
                           <w:t>[</w:t>
                         </w:r>
                         <w:proofErr w:type="spellStart"/>
                         <w:r w:rsidRPr="0005494C">
@@ -20879,51 +20989,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9464"/>
       </w:tblGrid>
       <w:tr w:rsidR="00886210" w14:paraId="6CB41918" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A008FD5" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="005A6EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -20960,51 +21069,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>che l’intervento, ai sensi della Parte III del d.lgs. n. 42/2004 (Codice dei beni culturali e del paesaggio):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4637FB65" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00886210">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="5E3C618D" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5433B1E4" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -21051,51 +21159,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>autorizzazione_paesaggistica_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='1']X non ricade in zona sottoposta a tutela</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="73609BF4" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D774360" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -21171,51 +21278,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>d.P.R</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00DD78B2" w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve"> n. 31/2017, Allegato A e art. 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="44C1079C" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C4BD6ED" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -21271,51 +21377,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='3']X ricade in zona tutelata e le opere comportano alterazione dei luoghi o dell’aspetto esteriore degli edifici e</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblInd w:w="595" w:type="dxa"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="8653"/>
             </w:tblGrid>
             <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="49168C7A" w14:textId="77777777" w:rsidTr="00E94A79">
               <w:trPr>
                 <w:cantSplit/>
                 <w:trHeight w:val="587"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8730" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="64812287" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1843"/>
                     </w:tabs>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0005494C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="0005494C">
@@ -21374,51 +21479,50 @@
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t xml:space="preserve">]='1']X è assoggettato al procedimento semplificato di autorizzazione paesaggistica, in quanto di lieve entità, secondo quanto previsto dal d.P.R. n. 139/2010, e </w:t>
                   </w:r>
                   <w:r w:rsidR="00293A14" w:rsidRPr="0005494C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>si allega la relazione paesaggistica semplificata e la documentazione necessaria ai fini del rilascio dell’autorizzazione paesaggistica semplificata</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="1391D922" w14:textId="77777777" w:rsidTr="00E94A79">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8730" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="011812B2" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0005494C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="0005494C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
@@ -21474,51 +21578,50 @@
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t xml:space="preserve">]='2']X è assoggettato al procedimento ordinario di autorizzazione paesaggistica, e </w:t>
                   </w:r>
                   <w:r w:rsidR="00293A14" w:rsidRPr="0005494C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>si allega la relazione paesaggistica e la documentazione necessaria ai fini del rilascio dell’autorizzazione paesaggistica</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00A549BA" w:rsidRPr="0005494C" w14:paraId="09AE1D77" w14:textId="77777777" w:rsidTr="00E94A79">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8730" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="5D43B61B" w14:textId="77777777" w:rsidR="00A549BA" w:rsidRPr="0005494C" w:rsidRDefault="00A549BA" w:rsidP="00A549BA">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0005494C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="0005494C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
@@ -21605,51 +21708,50 @@
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>data_protocollo_autorizzazione_paesaggistica</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                   <w:r w:rsidRPr="0005494C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>]</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00E94A79" w:rsidRPr="0005494C" w14:paraId="52142A37" w14:textId="77777777" w:rsidTr="00E94A79">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8730" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="755B7E96" w14:textId="7B638AA4" w:rsidR="00E94A79" w:rsidRPr="0005494C" w:rsidRDefault="00E94A79" w:rsidP="00A549BA">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00E94A79">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="00E94A79">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
@@ -21728,51 +21830,50 @@
     <w:p w14:paraId="3C4DB6D3" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00886210">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9464"/>
       </w:tblGrid>
       <w:tr w:rsidR="00886210" w14:paraId="4D055F53" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C6B9D9D" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="005A6EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -21843,51 +21944,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E8C076B" w14:textId="77777777" w:rsidR="00767E48" w:rsidRDefault="00767E48" w:rsidP="00767E48">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="0511A3C5" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6226C99E" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -21934,51 +22034,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>beni_archeologici_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='1']X non è sottoposto a tutela</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="5A05936F" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10C4693A" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -22034,51 +22133,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">]='2']X è sottoposto a tutela e </w:t>
             </w:r>
             <w:r w:rsidR="002115C5" w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>si allega la documentazione necessaria ai fini del rilascio dell’autorizzazione/atto di assenso</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A557B" w:rsidRPr="0005494C" w14:paraId="527C815D" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22F60076" w14:textId="77777777" w:rsidR="007A557B" w:rsidRPr="0005494C" w:rsidRDefault="007A557B" w:rsidP="007A557B">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -22184,51 +22282,50 @@
     <w:p w14:paraId="0D7BA61A" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="007A557B" w:rsidRDefault="00886210">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9464"/>
       </w:tblGrid>
       <w:tr w:rsidR="00886210" w14:paraId="57EBD3BD" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B9FFAB3" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="005A6EF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -22300,58 +22397,57 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>. 12/1995)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="728E4B4E" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00886210">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00886210" w:rsidRPr="00E94A79" w14:paraId="27D70CCB" w14:textId="77777777" w:rsidTr="00D528E0">
+      <w:tr w:rsidR="00886210" w:rsidRPr="00033ADA" w14:paraId="27D70CCB" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D26E2CA" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C" w:rsidP="00BC2BFE">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -22429,51 +22525,50 @@
                 <w:lang w:val="en-US" w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve"> in area </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00BC2BFE" w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>tutelata</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="607B4676" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00127E13" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C" w:rsidP="00BC2BFE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
@@ -22550,51 +22645,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">, ma </w:t>
             </w:r>
             <w:r w:rsidR="00BC2BFE" w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>le opere non comportano alterazione dei luoghi o dell’aspetto esteriore degli edifici</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="001D210F" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="744B1979" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C" w:rsidP="00BC2BFE">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -22650,51 +22744,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">]='3']X </w:t>
             </w:r>
             <w:r w:rsidR="00BC2BFE" w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve">è sottoposto alle relative disposizioni e si allega la documentazione necessaria ai fini del rilascio del parere/nulla osta </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC2BFE" w:rsidRPr="0005494C" w14:paraId="5FF11B52" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7889F7B7" w14:textId="77777777" w:rsidR="00BC2BFE" w:rsidRPr="0005494C" w:rsidRDefault="00BC2BFE" w:rsidP="00BC2BFE">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -22857,51 +22950,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9464"/>
       </w:tblGrid>
       <w:tr w:rsidR="00886210" w14:paraId="70ED191A" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="641E749D" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="003867C8">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="004934AE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -22938,51 +23030,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>che, ai fini del vincolo idrogeologico, l’area oggetto di intervento:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04DB6CE4" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00886210">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="4E352C04" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52E8F614" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -23029,51 +23120,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>vincolo_idrogeologico_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='1']X non è sottoposta a tutela</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="6ABB8841" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68E66B9E" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C" w:rsidP="00820B22">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -23149,51 +23239,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>r.d.l.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00820B22" w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3267/1923</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="06D5A622" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3767091E" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C" w:rsidP="00820B22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
@@ -23290,51 +23379,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>pertanto</w:t>
             </w:r>
             <w:r w:rsidR="00820B22" w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve"> si allega la documentazione necessaria ai fini del rilascio dell’autorizzazione</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00820B22" w:rsidRPr="0005494C" w14:paraId="08D34307" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D531ED9" w14:textId="77777777" w:rsidR="00820B22" w:rsidRPr="0005494C" w:rsidRDefault="00820B22" w:rsidP="00820B22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
@@ -23424,51 +23512,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>data_protocollo_vincolo_idrogeologico</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0003264B" w:rsidRPr="0005494C" w14:paraId="5BAF5A53" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BBF0F01" w14:textId="77777777" w:rsidR="0003264B" w:rsidRPr="0005494C" w:rsidRDefault="0003264B" w:rsidP="00820B22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
@@ -23610,51 +23697,50 @@
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9464"/>
       </w:tblGrid>
       <w:tr w:rsidR="00886210" w14:paraId="2263711A" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F1E1100" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="004934AE">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00F00C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -23681,51 +23767,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>che, ai fini del vincolo idraulico, l’area oggetto di intervento:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59D6D984" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00886210">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="202E4193" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5BF6A53F" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="855"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
@@ -23775,51 +23860,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>vincolo_idraulico_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='1']X non è sottoposta a tutela</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="07740763" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29965628" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -23913,51 +23997,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve"> pertanto</w:t>
             </w:r>
             <w:r w:rsidR="006C31E2" w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve"> si allega la documentazione ai fini del rilascio dell’autorizzazione</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C31E2" w:rsidRPr="0005494C" w14:paraId="495C8655" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="094C260D" w14:textId="77777777" w:rsidR="006C31E2" w:rsidRPr="0005494C" w:rsidRDefault="006C31E2" w:rsidP="006C31E2">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -24082,51 +24165,50 @@
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9464"/>
       </w:tblGrid>
       <w:tr w:rsidR="00886210" w14:paraId="79E4A577" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20D28976" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00A772A5">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>21</w:t>
             </w:r>
             <w:r w:rsidR="00F00C7C">
               <w:rPr>
@@ -24224,51 +24306,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>. m. 28/2009) l’intervento:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="637E2880" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00886210">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="2653C15A" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53ACC6CE" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -24315,51 +24396,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>siti_natura_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='1']X non è soggetto a Valutazione d’incidenza</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="458E64C8" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="762D5E7A" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C" w:rsidP="00AD4C01">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -24414,51 +24494,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='2']X è soggetto a Valutazione d’incidenza, pertanto</w:t>
             </w:r>
             <w:r w:rsidR="00AD4C01" w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve"> si allega la documentazione necessaria all’approvazione del progetto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD4C01" w:rsidRPr="0005494C" w14:paraId="2E7D5C2C" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02BD2D3E" w14:textId="77777777" w:rsidR="00AD4C01" w:rsidRPr="0005494C" w:rsidRDefault="00AD4C01" w:rsidP="00AD4C01">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -24564,51 +24643,50 @@
     <w:p w14:paraId="1A45C3C1" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00886210">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9464"/>
       </w:tblGrid>
       <w:tr w:rsidR="00886210" w14:paraId="0D5DC244" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01737D56" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00A772A5">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
             <w:r w:rsidR="00F00C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -24635,51 +24713,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>che in merito alla fascia di rispetto cimiteriale (articolo 338, testo unico delle leggi sanitarie 1265/1934):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A745E97" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00886210">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="4E0271A6" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60F26465" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -24726,51 +24803,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>fascia_cimiteriale_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='1']X l’intervento non ricade nella fascia di rispetto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="6E250353" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4ECEC9EA" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -24817,51 +24893,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>fascia_cimiteriale_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='2']X l’intervento ricade nella fascia di rispetto ed è consentito</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="45529EFA" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1CFD87E2" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -24917,51 +24992,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='3']X l’intervento ricade in fascia di rispetto cimiteriale e non è consentito, pertanto</w:t>
             </w:r>
             <w:r w:rsidR="008768B6" w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve"> si allega la documentazione necessaria per la richiesta di deroga</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008768B6" w:rsidRPr="0005494C" w14:paraId="4083FD94" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0DA9A74D" w14:textId="77777777" w:rsidR="008768B6" w:rsidRPr="0005494C" w:rsidRDefault="008768B6" w:rsidP="008768B6">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -25067,51 +25141,50 @@
     <w:p w14:paraId="22A3F0FB" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="008768B6" w:rsidRDefault="00886210">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9464"/>
       </w:tblGrid>
       <w:tr w:rsidR="00886210" w:rsidRPr="00556FC8" w14:paraId="67FE4F15" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06609B56" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="001A42C2" w:rsidRDefault="006A0D73">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A42C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00A772A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -25166,51 +25239,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 9 maggio 2001):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B9897A4" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="001A42C2" w:rsidRDefault="00886210">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="2D423828" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="222CD709" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -25257,51 +25329,50 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>rischio_incidente_opt_key</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='1']X nel comune non è presente un’attività a rischio d’incidente rilevante</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="191D0954" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60711FBC" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -25355,51 +25426,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>]='2']X nel comune è presente un’attività a rischio d’incidente rilevante e la relativa “area di danno” è individuata nella pianificazione comunale</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblInd w:w="595" w:type="dxa"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="8653"/>
             </w:tblGrid>
             <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="703AD6BC" w14:textId="77777777" w:rsidTr="00FB1CFB">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8898" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="6EDB5AE4" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0005494C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="0005494C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
@@ -25446,51 +25516,50 @@
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>rischio_incidente_individuato_opt_key</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                   <w:r w:rsidRPr="0005494C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>]='1']X l’intervento non ricade nell’area di danno</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="4B1B2149" w14:textId="77777777" w:rsidTr="00FB1CFB">
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8898" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="1C4CD885" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C" w:rsidP="001A42C2">
                   <w:pPr>
                     <w:contextualSpacing/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0005494C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:eastAsia="it-IT"/>
                     </w:rPr>
                     <w:t>[</w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="0005494C">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="18"/>
@@ -25563,51 +25632,50 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="6AD8C57C" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00886210">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00886210" w:rsidRPr="0005494C" w14:paraId="168C0B34" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09FBA8EC" w14:textId="77777777" w:rsidR="00886210" w:rsidRPr="0005494C" w:rsidRDefault="00F00C7C" w:rsidP="001A42C2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1843"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
@@ -25675,51 +25743,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>non è individuata nella pianificazione comunale, pertanto si allega la documentazione necessaria alla valutazione del progetto dal Comitato Tecnico Regionale</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A42C2" w:rsidRPr="0005494C" w14:paraId="484BDCB8" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1596767A" w14:textId="77777777" w:rsidR="001A42C2" w:rsidRPr="0005494C" w:rsidRDefault="001A42C2" w:rsidP="001A42C2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1843"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005494C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0005494C">
@@ -25830,51 +25897,50 @@
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9464"/>
       </w:tblGrid>
       <w:tr w:rsidR="00886210" w14:paraId="6C3709D7" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="860"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="611C4BC8" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00A772A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -26481,51 +26547,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9464"/>
       </w:tblGrid>
       <w:tr w:rsidR="00886210" w14:paraId="6575072D" w14:textId="77777777" w:rsidTr="00D528E0">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E45A772" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00A772A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -27488,51 +27553,50 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4889"/>
         <w:gridCol w:w="4888"/>
       </w:tblGrid>
       <w:tr w:rsidR="00886210" w14:paraId="62C5FC08" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5BB5327C" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00BE2B30">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -27562,51 +27626,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>data_stampa_domanda</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00F00C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4888" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="515EA3E6" w14:textId="77777777" w:rsidR="00886210" w:rsidRDefault="00F00C7C">
             <w:pPr>
               <w:pStyle w:val="Contenutotabella"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>IL PROGETTISTA</w:t>
             </w:r>
@@ -28855,63 +28918,64 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1209418890">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="880941379">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="460347069">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00886210"/>
     <w:rsid w:val="00017A08"/>
     <w:rsid w:val="0003264B"/>
+    <w:rsid w:val="00033ADA"/>
     <w:rsid w:val="000427C2"/>
     <w:rsid w:val="0005494C"/>
     <w:rsid w:val="00054C65"/>
     <w:rsid w:val="000553C4"/>
     <w:rsid w:val="00056A3B"/>
     <w:rsid w:val="0006469D"/>
     <w:rsid w:val="00071466"/>
     <w:rsid w:val="00087C2C"/>
     <w:rsid w:val="00096517"/>
     <w:rsid w:val="000A2AB8"/>
     <w:rsid w:val="000A6CE7"/>
     <w:rsid w:val="000D74DF"/>
     <w:rsid w:val="000E683A"/>
     <w:rsid w:val="000F1A04"/>
     <w:rsid w:val="0010416B"/>
     <w:rsid w:val="00110CFF"/>
     <w:rsid w:val="001179C2"/>
     <w:rsid w:val="00144684"/>
     <w:rsid w:val="001506D6"/>
     <w:rsid w:val="00162964"/>
     <w:rsid w:val="0016298F"/>
     <w:rsid w:val="00167234"/>
     <w:rsid w:val="001672E2"/>
     <w:rsid w:val="00172424"/>
     <w:rsid w:val="001871CF"/>
@@ -28932,50 +28996,51 @@
     <w:rsid w:val="002917B8"/>
     <w:rsid w:val="00293A14"/>
     <w:rsid w:val="002A5B75"/>
     <w:rsid w:val="002B041C"/>
     <w:rsid w:val="002B233A"/>
     <w:rsid w:val="002C63F0"/>
     <w:rsid w:val="002D7B44"/>
     <w:rsid w:val="003024F1"/>
     <w:rsid w:val="00305287"/>
     <w:rsid w:val="0032433B"/>
     <w:rsid w:val="003256AE"/>
     <w:rsid w:val="00340484"/>
     <w:rsid w:val="00347C61"/>
     <w:rsid w:val="00352FF3"/>
     <w:rsid w:val="0036733A"/>
     <w:rsid w:val="0037500C"/>
     <w:rsid w:val="00380940"/>
     <w:rsid w:val="00381583"/>
     <w:rsid w:val="003867C8"/>
     <w:rsid w:val="003B02D4"/>
     <w:rsid w:val="003C111B"/>
     <w:rsid w:val="003C1D2F"/>
     <w:rsid w:val="003C3614"/>
     <w:rsid w:val="003D1161"/>
     <w:rsid w:val="003D35F6"/>
+    <w:rsid w:val="003E0B34"/>
     <w:rsid w:val="003F6750"/>
     <w:rsid w:val="00410EAA"/>
     <w:rsid w:val="00421F73"/>
     <w:rsid w:val="0043720E"/>
     <w:rsid w:val="00452880"/>
     <w:rsid w:val="0045574D"/>
     <w:rsid w:val="00465DE4"/>
     <w:rsid w:val="00486A0A"/>
     <w:rsid w:val="004934AE"/>
     <w:rsid w:val="004A7B29"/>
     <w:rsid w:val="004B16A6"/>
     <w:rsid w:val="004B29AA"/>
     <w:rsid w:val="004B530A"/>
     <w:rsid w:val="004C26E6"/>
     <w:rsid w:val="004C64AB"/>
     <w:rsid w:val="004D53E3"/>
     <w:rsid w:val="004E1EA4"/>
     <w:rsid w:val="004E2451"/>
     <w:rsid w:val="004E3E1A"/>
     <w:rsid w:val="004E62D0"/>
     <w:rsid w:val="004F4BAE"/>
     <w:rsid w:val="0052260E"/>
     <w:rsid w:val="005405D4"/>
     <w:rsid w:val="00556FC8"/>
     <w:rsid w:val="005774BF"/>
@@ -29004,50 +29069,51 @@
     <w:rsid w:val="006D3A1C"/>
     <w:rsid w:val="006D6A14"/>
     <w:rsid w:val="006D7597"/>
     <w:rsid w:val="006E2A2D"/>
     <w:rsid w:val="006E46CE"/>
     <w:rsid w:val="00706569"/>
     <w:rsid w:val="0072383F"/>
     <w:rsid w:val="00755FB0"/>
     <w:rsid w:val="00760A48"/>
     <w:rsid w:val="00765D83"/>
     <w:rsid w:val="00767E48"/>
     <w:rsid w:val="00776263"/>
     <w:rsid w:val="00777D47"/>
     <w:rsid w:val="007A0DA0"/>
     <w:rsid w:val="007A557B"/>
     <w:rsid w:val="007B5D61"/>
     <w:rsid w:val="007B5FA3"/>
     <w:rsid w:val="007E6474"/>
     <w:rsid w:val="00801B13"/>
     <w:rsid w:val="00820B22"/>
     <w:rsid w:val="00821148"/>
     <w:rsid w:val="0082189F"/>
     <w:rsid w:val="00825096"/>
     <w:rsid w:val="00875A52"/>
     <w:rsid w:val="008768B6"/>
+    <w:rsid w:val="00883A5C"/>
     <w:rsid w:val="00886210"/>
     <w:rsid w:val="008945AF"/>
     <w:rsid w:val="008972AB"/>
     <w:rsid w:val="008C63BE"/>
     <w:rsid w:val="008F00F3"/>
     <w:rsid w:val="008F62DE"/>
     <w:rsid w:val="008F6636"/>
     <w:rsid w:val="00901659"/>
     <w:rsid w:val="00906825"/>
     <w:rsid w:val="009070EF"/>
     <w:rsid w:val="009433A0"/>
     <w:rsid w:val="00946D12"/>
     <w:rsid w:val="00957041"/>
     <w:rsid w:val="00970B3C"/>
     <w:rsid w:val="009757AF"/>
     <w:rsid w:val="009841D0"/>
     <w:rsid w:val="009923DC"/>
     <w:rsid w:val="00994C43"/>
     <w:rsid w:val="009A4D4D"/>
     <w:rsid w:val="009A51FB"/>
     <w:rsid w:val="009D33FE"/>
     <w:rsid w:val="009E77E3"/>
     <w:rsid w:val="00A06575"/>
     <w:rsid w:val="00A144D1"/>
     <w:rsid w:val="00A26A02"/>
@@ -29112,50 +29178,51 @@
     <w:rsid w:val="00E27245"/>
     <w:rsid w:val="00E324AF"/>
     <w:rsid w:val="00E37EE1"/>
     <w:rsid w:val="00E7137B"/>
     <w:rsid w:val="00E917F6"/>
     <w:rsid w:val="00E920B1"/>
     <w:rsid w:val="00E94A79"/>
     <w:rsid w:val="00EA64C4"/>
     <w:rsid w:val="00EB3F2C"/>
     <w:rsid w:val="00EC796A"/>
     <w:rsid w:val="00ED1980"/>
     <w:rsid w:val="00ED5C0F"/>
     <w:rsid w:val="00EF5A4B"/>
     <w:rsid w:val="00F00C7C"/>
     <w:rsid w:val="00F1059F"/>
     <w:rsid w:val="00F14029"/>
     <w:rsid w:val="00F320F5"/>
     <w:rsid w:val="00F5427D"/>
     <w:rsid w:val="00F92AE3"/>
     <w:rsid w:val="00F94720"/>
     <w:rsid w:val="00FA0FE7"/>
     <w:rsid w:val="00FA79F5"/>
     <w:rsid w:val="00FB00FF"/>
     <w:rsid w:val="00FB1CFB"/>
     <w:rsid w:val="00FC25D9"/>
+    <w:rsid w:val="00FD0336"/>
     <w:rsid w:val="00FD32FF"/>
     <w:rsid w:val="00FD65EC"/>
     <w:rsid w:val="00FE2677"/>
     <w:rsid w:val="00FE284A"/>
     <w:rsid w:val="00FE70A0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -30165,67 +30232,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>8376</Words>
-  <Characters>47744</Characters>
+  <Words>8416</Words>
+  <Characters>47974</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>397</Lines>
+  <Lines>399</Lines>
   <Paragraphs>112</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>56008</CharactersWithSpaces>
+  <CharactersWithSpaces>56278</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>sil</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>it-IT</dc:language>
 </cp:coreProperties>
 </file>