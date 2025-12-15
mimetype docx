--- v0 (2025-10-22)
+++ v1 (2025-12-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9778"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C71182" w:rsidRPr="008C214D" w14:paraId="4FA0D894" w14:textId="77777777" w:rsidTr="008C214D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
@@ -170,129 +170,126 @@
     </w:p>
     <w:p w14:paraId="7B6DE273" w14:textId="77777777" w:rsidR="00C71182" w:rsidRPr="008C214D" w:rsidRDefault="00C71182" w:rsidP="00426C42">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="20"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9778"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CC25B0" w:rsidRPr="003D7356" w14:paraId="0F51807A" w14:textId="77777777" w:rsidTr="00B84272">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0817ACEC" w14:textId="77777777" w:rsidR="00CC25B0" w:rsidRPr="003D7356" w:rsidRDefault="00CC25B0" w:rsidP="00B84272">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D7356">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>[onshow;block=tbs:row;when [delegato_opt_key]='1']Istanza presentata dal titolare</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC25B0" w:rsidRPr="003D7356" w14:paraId="40A4F8DC" w14:textId="77777777" w:rsidTr="00B84272">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44BA7846" w14:textId="39C04888" w:rsidR="00CC25B0" w:rsidRPr="003D7356" w:rsidRDefault="00CC25B0" w:rsidP="00B84272">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D7356">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">[onshow;block=tbs:row;when [delegato_opt_key]='2']Istanza presentata dal </w:t>
             </w:r>
             <w:r w:rsidR="00F44BD1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>tecnico incaricato</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC25B0" w:rsidRPr="003D7356" w14:paraId="538F89C1" w14:textId="77777777" w:rsidTr="00B84272">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13EBEB30" w14:textId="77777777" w:rsidR="00CC25B0" w:rsidRPr="003D7356" w:rsidRDefault="00CC25B0" w:rsidP="00B84272">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D7356">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[onshow;block=tbs:row;when [delegato_opt_key]='3']Istanza presentata da soggetto delegato:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5CAA4D0E" w14:textId="77777777" w:rsidR="00CC25B0" w:rsidRPr="003D7356" w:rsidRDefault="00CC25B0" w:rsidP="00B84272">
             <w:pPr>
@@ -730,51 +727,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>_comune] ([</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>fisica_domicilio</w:t>
             </w:r>
             <w:r w:rsidRPr="002A5313">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>_provincia])</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B7A41" w:rsidRPr="007250FA" w14:paraId="480395CA" w14:textId="77777777" w:rsidTr="001E1A7D">
+      <w:tr w:rsidR="005B7A41" w:rsidRPr="00293DFC" w14:paraId="480395CA" w14:textId="77777777" w:rsidTr="001E1A7D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E40D3A0" w14:textId="77777777" w:rsidR="005B7A41" w:rsidRPr="00DF32CE" w:rsidRDefault="005B7A41" w:rsidP="001E1A7D">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF32CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t>[onshow;block=tbs:row;when [giuridica_opt_key]='piva']P.IVA [giuridica_fisica_piva]</w:t>
             </w:r>
           </w:p>
@@ -1344,51 +1341,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> i lavori sono stati ultimati: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9778"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00355EFD" w:rsidRPr="007250FA" w14:paraId="5F87675B" w14:textId="77777777" w:rsidTr="00B74766">
+      <w:tr w:rsidR="00355EFD" w:rsidRPr="00293DFC" w14:paraId="5F87675B" w14:textId="77777777" w:rsidTr="00B74766">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CF49F13" w14:textId="77777777" w:rsidR="00355EFD" w:rsidRPr="00355EFD" w:rsidRDefault="00355EFD" w:rsidP="00355EFD">
             <w:pPr>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00355EFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[onshow;block=tbs:row;when [fine_lavori_opt_key]='1']</w:t>
@@ -1642,78 +1639,78 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4713"/>
         <w:gridCol w:w="4817"/>
       </w:tblGrid>
       <w:tr w:rsidR="00453B09" w14:paraId="610857A3" w14:textId="77777777" w:rsidTr="00746C4D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="431"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4713" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="634980BF" w14:textId="77777777" w:rsidR="00A67306" w:rsidRPr="009B4421" w:rsidRDefault="00A67306" w:rsidP="00A67306">
+          <w:p w14:paraId="634980BF" w14:textId="6CEBDD9A" w:rsidR="00A67306" w:rsidRPr="009B4421" w:rsidRDefault="00A67306" w:rsidP="00A67306">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B4421">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">IL </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00293DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>DIRETTORE LAVORI</w:t>
+              <w:t>TECNICO INCARICATO</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15DD09CA" w14:textId="77777777" w:rsidR="00A67306" w:rsidRPr="009B4421" w:rsidRDefault="00A67306" w:rsidP="00A67306">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="47B6A818" w14:textId="5BCD3B29" w:rsidR="00453B09" w:rsidRDefault="00A67306" w:rsidP="00A67306">
             <w:pPr>
               <w:pStyle w:val="Contenutotabella"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
@@ -2457,51 +2454,51 @@
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>opporsi per motivi legittimi al trattamento</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="087B4A80" w14:textId="54DC610F" w:rsidR="00A46E00" w:rsidRPr="00E51ADC" w:rsidRDefault="00A46E00" w:rsidP="00A46E00">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A46E00" w:rsidRPr="00E51ADC" w:rsidSect="00F00272">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -2518,51 +2515,51 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3854,88 +3851,90 @@
   <w:num w:numId="7" w16cid:durableId="2108308821">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="467557578">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="398476904">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1888370016">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2061201968">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="971593908">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="840437843">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C71182"/>
     <w:rsid w:val="00004AC3"/>
     <w:rsid w:val="00005CC2"/>
     <w:rsid w:val="00013833"/>
     <w:rsid w:val="00026E02"/>
     <w:rsid w:val="00061DFF"/>
     <w:rsid w:val="0006305A"/>
+    <w:rsid w:val="00074065"/>
     <w:rsid w:val="00096939"/>
     <w:rsid w:val="000D37E0"/>
     <w:rsid w:val="000F2B1D"/>
     <w:rsid w:val="00112F2C"/>
     <w:rsid w:val="0012229C"/>
     <w:rsid w:val="00124BAE"/>
     <w:rsid w:val="00133279"/>
     <w:rsid w:val="00167360"/>
     <w:rsid w:val="001744BE"/>
     <w:rsid w:val="00184521"/>
     <w:rsid w:val="001A15B3"/>
     <w:rsid w:val="001B646C"/>
     <w:rsid w:val="001C386F"/>
     <w:rsid w:val="001D5490"/>
     <w:rsid w:val="001F5A43"/>
     <w:rsid w:val="00223278"/>
     <w:rsid w:val="00224EF8"/>
     <w:rsid w:val="0025275F"/>
     <w:rsid w:val="00265FD1"/>
     <w:rsid w:val="00281BEE"/>
     <w:rsid w:val="0028368F"/>
+    <w:rsid w:val="00293DFC"/>
     <w:rsid w:val="002E205A"/>
     <w:rsid w:val="0030132C"/>
     <w:rsid w:val="0030310D"/>
     <w:rsid w:val="003259BF"/>
     <w:rsid w:val="003450E9"/>
     <w:rsid w:val="00355EFD"/>
     <w:rsid w:val="00356D61"/>
     <w:rsid w:val="0036376C"/>
     <w:rsid w:val="003813AC"/>
     <w:rsid w:val="00385794"/>
     <w:rsid w:val="003B1724"/>
     <w:rsid w:val="003C47A4"/>
     <w:rsid w:val="00413CE1"/>
     <w:rsid w:val="004177F9"/>
     <w:rsid w:val="00426C42"/>
     <w:rsid w:val="004509F1"/>
     <w:rsid w:val="00453B09"/>
     <w:rsid w:val="00460F8D"/>
     <w:rsid w:val="004674BD"/>
     <w:rsid w:val="004859CF"/>
     <w:rsid w:val="00495470"/>
     <w:rsid w:val="00497047"/>
     <w:rsid w:val="004A254A"/>
     <w:rsid w:val="004B0826"/>
     <w:rsid w:val="004D3168"/>
@@ -4060,51 +4059,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4D59436D"/>
   <w15:docId w15:val="{8EB7A774-AB8E-4BBE-9971-971E0FF8F4EF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4690,51 +4689,51 @@
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00A46E00"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="97019846">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
@@ -5003,64 +5002,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>800</Words>
-  <Characters>4563</Characters>
+  <Characters>4565</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>38</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5353</CharactersWithSpaces>
+  <CharactersWithSpaces>5355</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>