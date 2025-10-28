--- v0 (2025-10-05)
+++ v1 (2025-10-28)
@@ -16,10925 +16,9474 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9655" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC6E43" w14:paraId="22CB9EB5" w14:textId="77777777">
+      <w:tr w:rsidR="008264A8" w14:paraId="6A744222" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4C884BB0" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:p w14:paraId="34FF1CD2" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:shd w:val="clear" w:color="auto" w:fill="B2B2B2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>RELAZIONE  TECNICA  SCIA ALTERNATIVA AL PERMESSO</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23CC8358" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3A016C12" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:shd w:val="clear" w:color="auto" w:fill="B2B2B2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>DI COSTRUIRE AI SENSI DELL'ART 23 DEL DPR 380/01</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77D789BA" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:p w14:paraId="639BC8D3" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:shd w:val="clear" w:color="auto" w:fill="B2B2B2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>aggiornamento settembre 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="78943C39" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="0919F962" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:pStyle w:val="Standard"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4480CEB6" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:b/>
-[...1868 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:pStyle w:val="Standard"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Il sottoscritto______________________________________ nato a__________________ il______________ con studio  in ____________________ via __________________________ civ _____ CAP __________ iscritto all'ordine/collegio dei ____________________ della provincia di __________ al n° _____________ telefono_____________________ fax_____________________ cellulare_____________________ mail__________________________________ pec_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C86F91B" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>quale progettista incaricato dal/la Sig./Sig.ra ________________________________________di redigere il progetto del quale la presente costituisce parte integrante per opere edilizie nell’unità immobiliare sita in:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="010F4440" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Savona  via/Piazza_______________________________località ________________________ civico _____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41B9EAA5" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Catastalmente individuata al:  Fg _________ Mapp____________ Sub_______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="146B99E8" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>P.U.C. :   Ambito R ____________  Sub- ambito ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EFC0FAD" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9655" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC6E43" w14:paraId="3C03D7AD" w14:textId="77777777">
+      <w:tr w:rsidR="008264A8" w14:paraId="7ECEBE28" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="45C808E0" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:p w14:paraId="26F25B1B" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>vista anche la documentazione prodotta dal richiedente allegata alla S.C.I.A.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="260942F5" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+          <w:p w14:paraId="3A9DED01" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4C5A72B7" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:p w14:paraId="579A232B" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>preso atto di assumere la qualità di persona esercente un servizio di pubblica necessità ai sensi degli articoli 359 e 481 del Codice Penale, consapevole che le dichiarazioni false, la falsità negli atti e l'uso di atti falsi comportano l'applicazione delle sanzioni penali previste dagli artt. 75 e 76 del DPR n. 445/2000,sotto la propria responsabilità,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44EFBBC9" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4F44005D" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
               <w:t>DICHIARA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7A75D086" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="5C620495" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="14CDAC3A" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3756B24E" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9645" w:type="dxa"/>
         <w:tblInd w:w="10" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9645"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC6E43" w14:paraId="239B457A" w14:textId="77777777">
+      <w:tr w:rsidR="008264A8" w14:paraId="566BFCC2" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3154F72D" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:p w14:paraId="14031C93" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 1 – Regolarità urbanistica e precedenti edilizi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="16C521C7" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="07CC71A7" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="23AD9B92" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4930B89B" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="800000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>a)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="800000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>che il rilevo dell'immobile/U.I e la destinazione d'uso riportate negli elaborati grafici allegati alla SCIA, corrispondono fedelmente allo stato attuale dell'immobile stesso;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5636066E" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="6D270133" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C65FB24" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">b) che l’immobile/U.I. è stato oggetto del seguente / dei seguenti titoli edilizi o pratiche edilizie: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(compilare le caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EC56490" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...27 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="3F604010" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A867130" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ titolo unico (SUAP) n. ____________ del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54281349" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="42B1344D" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Permesso di costruire/ licenza edilizia/concessione edilizia n. ___________del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2078BA81" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="23303D19" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Autorizzazione edilizia n._______________ del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52979851" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="0CA4BABB" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Comunicazione edilizia (art. 26 l. n. 47/1985) n._______________ del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBB30C6" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="269C58D3" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Denuncia di inizio attività n._______________ del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="544ACB22" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="570855AA" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ DIA/SCIA alternativa al permesso di costruire n._______________ del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="545FC1D3" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="75CB51BE" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Segnalazione certificata di inizio attività n. _______________del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="789B99C2" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="140BD0F3" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Comunicazione edilizia libera n. _______________ del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0466AD14" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="245BB58C" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Titolo edilizio in sanatoria con il pagamento della relativa oblazione ed in particolare:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="720A86A5" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="6D508955" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
         <w:t>□ Condono edilizio n. _________del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18DC527E" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="45B17B0A" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
         <w:t>□ Permesso di costruire in sanatoria di cui agli artt. 36 o 36-bis n. _____________ del ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57556AA3" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="44C9FD88" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ SCIA in sanatoria di cui all’art. 36-bis n. _______________ del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02E8D845" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="14102E83" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ SCIA in sanatoria per variante in corso d’opera realizzata costituente parziale difformità dal titolo rilasciato prima della data di entrata in vigore della L. 10/1977 n._______________ del ______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39BD7581" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="4BD524D7" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ altro ____________________________________________ n. _________ del _______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3451B6AD" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="4AF3305C" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="3DD9C90A" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E93149B" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67025554" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1B8A80B0" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>si tratta di immobile realizzato in un’epoca in cui NON era obbligatorio un titolo abilitativo e pertanto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F906968" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2B779583" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>si allega: _______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42289838" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="25AF978F" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A64633A" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5C56220A" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="683F7B77" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="6F64B258" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="66706470" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="051ADC93" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">non sono disponibili la copia o gli estremi del titolo abilitativo, ma sussiste un principio di prova documentale del medesimo titolo abilitativo e </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>pertanto si allega</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00C9FF39" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="728C9797" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="6050DBB6" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16A071CC" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>copia accatastamento di primo impianto o si forniscono i relativi estremi n. _______del_________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1909C331" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="243A4EFE" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>altri documenti probanti (riprese fotografiche, estratti cartografici, documenti di archivio, ecc.) a norma dell’ art.9-bis, comma 1-bis, quarto e quinto periodo, d.P.R. n. 380 del 2001</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2691E739" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="6BF51C5F" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="768DEE67" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="354E47E5" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1728FEE0" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>inoltre DICHIARA che lo  stato attuale dell’immobile/U.I risulta pienamente conforme alla documentazione dello stato legittimo o di fatto legittimato sopra indicata.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DFFCC5F" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="1AC69352" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9646" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9646"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC6E43" w14:paraId="32B52F28" w14:textId="77777777">
+      <w:tr w:rsidR="008264A8" w14:paraId="16E5A8C6" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9646" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1950222B" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4F0E7041" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Quadro 2  – </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DESCRIZIONE DETTAGLIATA L'INTERVENTO</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="323B944D" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:p w14:paraId="77F541AE" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(compilazione dettagliata obbligatoria)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6BDEDB8F" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="03887173" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="5F99E878" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24750120" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...33 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37B8F2E1" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54D3D18B" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...15 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="4D4A7BCD" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D1A974A" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...25 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="3D7C4E0D" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64CB15BF" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Che le opere previste, con riferimento al comma 1 dell'art. 19 della L. 241/90, sono documentate negli allegati elaborati tecnici previsti dalle specifiche norme di settore nonché necessari per consentire le verifiche di competenza degli uffici comunali.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64B6AB4D" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="5E0E3619" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9645" w:type="dxa"/>
         <w:jc w:val="right"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9645"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC6E43" w14:paraId="175F4BFC" w14:textId="77777777">
+      <w:tr w:rsidR="008264A8" w14:paraId="09DBD5BE" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4ED68954" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:p w14:paraId="623E44A2" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 3 – Destinazioni d'uso del P.U.C. ( fascicolo ST1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3DF2CEAD" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...27 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="51A39A29" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C5E0352" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Che la destinazione d'uso dell'immobile/U.I., con riguardo alle definizioni di cui all'art. 7 del P.U.C. di cui al Fascicolo ST1 – Struttura del Piano -  Normativa Generale di Attuazione Norme di settore – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>è la seguente:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EBFFB9D" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="0DB20DE6" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="36248C6E" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02CBF15F" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="226"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="113"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>DESTINAZIONE ATTUALE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="332C1BFF" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="64F7818E" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Residenziale </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E3ADCC7" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="06321FB3" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  1 – residenza</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7334A1A5" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...16 lines deleted...]
-    <w:p w14:paraId="452A3199" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4BF6CADA" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55D0E935" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Attività di connettivo urbano</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EBDA1C1" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="4A8F7231" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...47 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>2 – botteghe artigiane o laboratori (ad es lavanderie, servizi per l'igiene e l'estetica, parrucchieri ed affini, studi fotografici, artigianato artistico)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C1C96C4" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  3 – pubblici esercizi (ristorazione, intrattenimento sale gioco ecc..) edicole, rivendita di monopoli, farmacie;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54CB7235" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="6FD0DCA7" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  4 – funzioni di servizio alle persone e imprese (studi professionali, agenzie di viaggio, istituti di credito, assicurazioni, agenzie immobiliari, finanziarie ecc...)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BE945CE" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...16 lines deleted...]
-    <w:p w14:paraId="5F27AE8D" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3AADF1D2" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E22E892" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Distribuzione al dettaglio</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10603257" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="5C40F65D" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  5 – esercizi commerciali e strutture di vendita</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5577E249" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...16 lines deleted...]
-    <w:p w14:paraId="7330EA93" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="43383902" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EEFD8CB" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Attività direzionali</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36A4045C" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="325CC022" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  6 – aggregazione di uffici ed attività direzionali</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D481A1C" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...16 lines deleted...]
-    <w:p w14:paraId="621E7218" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2B43B0C5" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EE135EE" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Attività ricettive</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="450BFF53" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="00DEC66E" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  7 – ricettività alberghiera e all'aria aperta</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="784EEF9C" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="7D6F0AB4" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  8 – albergo tradizionale</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="074B396C" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="27FA83B2" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  9 – struttura ricettiva extra alberghiera</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BE6A08D" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...16 lines deleted...]
-    <w:p w14:paraId="09AA2388" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="509AFCAF" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64DCA82E" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Attività Produttive, industria artigianato  e distribuzione all'ingrosso merci</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F21D7DE" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="002CC80E" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  10– industrie (compreso laboratori uffici tecnici e amministrativi, spazi espositivi)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30635A15" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="51035E4F" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  11 – artigianato (compreso laboratori uffici tecnici e amministrativi, spazi espositivi)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E83A9D3" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="0945D066" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  12 – commercio all'ingrosso</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C16E775" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="565896CB" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  13 – depositi  industriali ed artigianali e funzionali al commercio</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25BA4B3F" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="1F9DDD5D" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  14 – autoparchi e aree di stazionamento e movimentazione di container</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76E57E42" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="0641F6AE" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  15 – assistenza alla mobilità veicolare, impianti di distribuzione carburanti</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D29AA07" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="2BA12609" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  16 – assistenza alla mobilità veicolare, quali officine, gommisti , carrozzieri, autotrasportatori e simili</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="226CB8B8" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="603D0348" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="3FF72D15" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FB3BD18" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Attività Agricole</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="088947FD" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="4D6A16B0" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  17  –  residenza connessa con la conduzione del fondo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F53706" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□  18 – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>strutture per il ricovero delle attrezzature e per l'immagazzinamento e la prima trasformazione dei prodotti agricoli tratti dai fondi limitrofi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F4CE042" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  19 –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>stalle, locali per l'allevamento o il ricovero di animali</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53442036" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□  20 – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>commercio al minuto di prodotti agricoli locali, con S.n.v. non superiore a 100 mq</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7794A875" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  21 – Agriturismo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D0F7F7A" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  22 – Serre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="769A1F3E" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11AD8902" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Attività estrattive – ciclo rifiuti</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="496DD264" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  23 – cave ed attività estrattive</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="152D16CE" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□  24 – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>impianti di trattamento inerenti il ciclo rifiuti, ivi comprese le discariche per rifiuti inerti</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DD09375" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45B5D94D" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Urbanizzazione</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C5E4B18" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  25 – urbanizzazione primaria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7873B5AD" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  26 – urbanizzazione secondaria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A0DA5A9" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  27 – edifici, manufatti ed aree pubbliche</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="489908F4" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31F95A33" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>□  17  –  residenza connessa con la conduzione del fondo</w:t>
-[...426 lines deleted...]
-        </w:rPr>
         <w:t>Attività private di valenza generale</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54AE7D97" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="46061D09" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  28 – centri sociali, culturali e religiosi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4514DAEE" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="7394B92F" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  29 – istruzione privata</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C1FA477" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="2B9134E4" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  30 – teatri, cinema e sale di spettacolo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74F5586C" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="7CA6C932" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  31 – strutture sportive o ricreative private</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="034E165B" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="2581701D" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  32 –  attività sanitarie e assistenziali private  ( cliniche private, case di riposo)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65BC62EB" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="71B6C034" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="226"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="113"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="072BC49E" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0AF88986" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">□ le opere previste non comportano cambio d'uso </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(nel caso, non compilare la successiva parte del Quadro 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35229374" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7BC08C41" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ le opere previste comportano cambio d'uso urbanisticamente rilevante con contestuale esecuzione di opere edilizie in una zona omogenea di tipo “A” di cui alla classificazione del DM 1444/68</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A7F8982" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="24D18AC2" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="226"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="113"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="59CAF4D3" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15C4F2BF" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>DESTINAZIONE IN PROGETTO :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A1F301F" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3FA13AB1" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(da compilarsi solo in caso di risposta 2) o 3) alle righe precedenti)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7985FD8F" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="27555FB6" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Residenziale </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="245D5129" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="11458091" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  1 – residenza</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AFF4F43" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...16 lines deleted...]
-    <w:p w14:paraId="1F908E1D" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3261FE0A" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="745B846B" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Attività di connettivo urbano</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07A8C109" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="75F40550" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...47 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>2 – botteghe artigiane o laboratori (ad es lavanderie, servizi per l'igiene e l'estetica, parrucchieri ed affini, studi fotografici, artigianato artistico)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D7CC56D" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  3 – pubblici esercizi (ristorazione, intrattenimento sale gioco ecc..) edicole, rivendita di monopoli, farmacie;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DF436F7" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="26AEA7B6" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 4 – funzioni di servizio alle persone e imprese (studi professionali, agenzie di viaggio, istituti di credito, assicurazioni, agenzie immobiliari, finanziarie ecc...)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CED71AE" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...16 lines deleted...]
-    <w:p w14:paraId="7C2EF2C7" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1564C50A" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55E7D4E4" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Distribuzione al dettaglio</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3024C2F1" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="39DF1AE0" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 5 – esercizi commerciali e strutture di vendita</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D575AC4" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...16 lines deleted...]
-    <w:p w14:paraId="6B41C20E" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3F16DA5E" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AC41D90" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Attività direzionali</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54BE7D69" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="00AF2037" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 6 – aggregazione di uffici ed attività direzionali</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ADDF565" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...16 lines deleted...]
-    <w:p w14:paraId="201BEBC6" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="59739E0B" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4382F173" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Attività ricettive</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A30DABA" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="1175ABD6" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 7 – ricettività alberghiera e all'aria aperta</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F43FC91" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="6A4DE929" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 8 – albergo tradizionale</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E3D2F34" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="49F6C17B" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 9 – struttura ricettiva extra alberghiera</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C48A05B" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...16 lines deleted...]
-    <w:p w14:paraId="793C7AF4" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1A6961A1" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57D31E13" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Attività Produttive, industria artigianato  e distribuzione all'ingrosso merci</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2045CFD0" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="5935AEC5" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 10– industrie ( compreso laboratori uffici tecnici e amministrativi, spazi espositivi)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31422B11" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="7B7E9CAC" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 11 – artigianato ( compreso laboratori uffici tecnici e amministrativi, spazi espositivi)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="527AF01C" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="434D5BE9" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ 12 – commercio all'ingrosso</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="515A4035" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="09CBC301" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 13 – depositi  industriali ed artigianali e funzionali al commercio</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6904AA2B" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 14 – autoparchi e aree di stazionamento e movimentazione di container</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73012549" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 15 – assistenza alla mobilità veicolare, impianti di distribuzione carburanti</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E00506B" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 16 – assistenza alla mobilità veicolare, quali officine, gommisti , carrozzieri, autotrasportatori e simili</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D19C5C1" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20C44F63" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Attività Agricole</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26264D60" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 17  –  residenza connessa con la conduzione del fondo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26732F7F" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ 18 – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>strutture per il ricovero delle attrezzature e per l'immagazzinamento e la prima trasformazione dei prodotti agricoli tratti dai fondi limitrofi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BF1E9E3" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 19 –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>stalle, locali per l'allevamento o il ricovero di animali</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AA67FA1" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ 20 – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>commercio al minuto di prodotti agricoli locali, con Superficie netta di vendita (S.n.v) non superiore a 100 mq</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="607B3F58" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 21 – Agriturismo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7339F68C" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ 22 – Serre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11B44210" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B571430" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Attività estrattive – ciclo rifiuti</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66AE4E00" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  23 – cave ed attività estrattive</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47F34AAA" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>□ 13 – depositi  industriali ed artigianali e funzionali al commercio</w:t>
-[...83 lines deleted...]
-    <w:p w14:paraId="16339ED0" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+        <w:t xml:space="preserve">□  24 – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>impianti di trattamento inerenti il ciclo rifiuti, ivi comprese le discariche per rifiuti inerti</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B842E7A" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="55605A8B" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78F7EC89" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...49 lines deleted...]
-      <w:r>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Urbanizzazione</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A3A4B63" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  25 – urbanizzazione primaria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="096B0C7B" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  26 – urbanizzazione secondaria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ACA734B" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□  27 – edifici, manufatti ed aree pubbliche</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73B5EF51" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...139 lines deleted...]
-    <w:p w14:paraId="55B6CA28" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25AAE5FF" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...9 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...227 lines deleted...]
-          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Attività private di valenza generale</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1734D7FB" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="28462CF2" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  28 – centri sociali, culturali e religiosi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="614E8163" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="27371A6E" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  29 – istruzione privata</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC69E90" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="07FDB1A0" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  30 – teatri, cinema e sale di spettacolo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DBDCDDC" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="2A93FB6D" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  31 – strutture sportive o ricreative private</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="658F38B4" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="0A215633" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  32 –  attività sanitarie e assistenziali private  (cliniche private, case di riposo)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="427F2BAE" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="3BF48E96" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="23BB8755" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="300EE2D7" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="6C43888A" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46211D7C" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Il cambio d'uso in progetto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>è</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>attuabile in quanto la funzione/attività prevista è ammessa per  l'ambito R_______Sub ambito _______ delle tabelle di cui al Fascicolo ST2 delle Norme di Attuazioni  del P.U.C. - Struttura del Piano Ambiti e distretti – norme di conformità – regole di congruenza - in cui l'immobile/UI ricade</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F74ED8B" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43C9E2FC" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...128 lines deleted...]
-    <w:p w14:paraId="36116596" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>La destinazione in progetto costituisce mutamento di destinazione d'uso RILEVANTE ai sensi delle categorie definite dall'art. 13 e 13bis LR 16/08 e smi e dall'art 7 LR 25/95 e smi e dell'art 23ter del DPR 380/01 e smi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3315B032" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62152F0D" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9655" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC6E43" w14:paraId="3113EB4E" w14:textId="77777777">
+      <w:tr w:rsidR="008264A8" w14:paraId="599048E0" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="54730614" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:p w14:paraId="61BAEB19" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 4 – Piano Urbanistico Comunale – P.U.C.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BBD1E42" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5ADA1511" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> ST1 Struttura del Piano - Normativa Generale di Attuazione  - norme di settore</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="013EA086" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7B671818" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ST2 Struttura del Piano - Ambiti e Distretti- norme di conformità - regole di congruenza</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AA0E049" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3D1458A4" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ST3 Struttura del Piano – Ambiti del territorio extraurbano - norme di conformità</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68C945C8" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5099523C" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ST4 Struttura del Piano - Interventi sul Patrimonio Costruito - norme di conformità</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C86F93A" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:p w14:paraId="24F4ACA7" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ST5   Struttura del Piano - Interventi sul Patrimonio Costruito - norme di conformità</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6436E2E1" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...14 lines deleted...]
-    <w:p w14:paraId="28AABFE2" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0F489AC9" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F66C996" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>ST1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39901B64" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="55508503" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>l'intervento è conforme alle norme di cui al fascicolo ST1 del P.U.C.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6877A072" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...14 lines deleted...]
-    <w:p w14:paraId="50531C71" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0D0BB84F" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15AA579D" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>ST2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F76EB87" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="42EFDC41" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>l'intervento è conforme alle norme di cui al fascicolo ST2 del P.U.C.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="303650AB" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...14 lines deleted...]
-    <w:p w14:paraId="2EC1738F" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="06E188A0" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="154321E4" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ST3 (ambito extraurbano – zone agricole E – Ep – Mes – An - Tni)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B77F168" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>l'intervento non è soggetto alle verifiche di conformità alle norme di cui al fascicolo ST3 del P.U.C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53750ADB" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>l'intervento è conforme alle norme di cui al fascicolo ST3 del P.U.C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C2E58DC" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2913DFF1" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ST4 (ambiti urbani)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A82E93A" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>l'intervento non è soggetto alle verifiche di conformità alle norme di cui al fascicolo ST4 del P.U.C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B3A5D9F" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>che l'intervento è conforme alle norme di cui al fascicolo ST4 del P.U.C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59264080" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B8560FE" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...18 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>ST5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36E6B8BB" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...53 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>l'intervento non è soggetto alle verifiche di conformità alle norme di cui al fascicolo ST5 del P.U.C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C49AA36" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>oppure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4113B003" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ le opere conformi alla normativa puntuale di P.T.C.P. Di cui al fascicolo ST5 relativamente al sub-ambito ______ in cui l'immobile ricade;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B542720" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...199 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ le opere sono in deroga alla normativa puntuale di P.T.C.P. di cui al fascicolo ST5 in quanto il progetto e la richiesta di deroga sono stati valutati positivamente dalla Commissione Edilizia nella seduta del ______________ ed è stata rilasciata la deroga con nota prot. ____________ del _______________;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="631DA463" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...14 lines deleted...]
-    <w:p w14:paraId="033864C7" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="566DCDC4" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D7BBB8F" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9655" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC6E43" w14:paraId="0CC8DF83" w14:textId="77777777">
+      <w:tr w:rsidR="008264A8" w14:paraId="4088FEA0" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="257ECE9B" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1ED7313F" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Quadro 5 -  Regolamento Edilizio vigente </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Delibera C.C. n°47 del 13/11/2017)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="11336ED9" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...14 lines deleted...]
-    <w:p w14:paraId="7D302E87" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="629D1791" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F9DEE8B" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ l'intervento è conforme al Regolamento Edilizio;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C75FDFC" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="28D50E4F" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="159D79A7" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1092AEF0" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ le opere sono in deroga all'art. ______________del Regolamento Edilizio vigente in quanto il progetto e la richiesta di deroga sono stati valutati positivamente dalla Commissione Edilizia nella seduta del ______________ ed è stata rilasciata la deroga con nota prot. ____________ del _______________;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5550AB9F" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...14 lines deleted...]
-    <w:p w14:paraId="12D4D632" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="664DF68A" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57F805AA" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9655" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC6E43" w14:paraId="0611D5CC" w14:textId="77777777">
+      <w:tr w:rsidR="008264A8" w14:paraId="1460EA22" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="431"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0A29F111" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:p w14:paraId="60FE3C6C" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Quadro 6 - Norme igienico-sanitarie</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7543A48F" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...14 lines deleted...]
-    <w:p w14:paraId="3F0CFDA8" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6502C73B" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36A21B12" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">L'intervento:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="706BEBAC" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="03F545F4" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ non è assoggettato alla verifica del rispetto dei requisiti igienico-sanitari </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(nel caso, non compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="773D16EC" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="73894EE5" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DA55C3C" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="75A49C4D" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ è assoggettato alla verifica del rispetto dei requisiti igienico-sanitari e</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD0576B" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="470D3294" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="454"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="454"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>non comporta valutazioni tecnico-discrezionali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> e pertanto se ne autocertifica la conformità in merito ai requisiti igienico-sanitari definiti dai regolamenti locali;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12B673D3" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="605A344D" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="454"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="454"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>comporta valutazioni tecnico-discrezionali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> e pertanto è stato rilasciato _____________________ della ______________________ con nota protocollo ___________del ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C8611DB" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="7F955452" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="454"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="3E680535" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ED0D2A4" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="379C8577" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4C2D9300" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...18 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>l'intervento rientra nell'ipotesi di cui all'art. 11 comma 1 della LR 16/2008 e smi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> in quanto non è possibile rispettare  i requisiti igienico-sanitari stabiliti dal Regolamento Edilizio e dalle norme regionali e nazionali, come da specifica dichiarazione del sottoscritto allegata alla SCIA, che documenta l'esistenza delle condizioni ivi previste e attesta il complessivo miglioramento delle condizioni  igienico-sanitarie preesistenti.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AB8FD73" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="0B6D5466" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9655" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC6E43" w14:paraId="29F06AD6" w14:textId="77777777">
+      <w:tr w:rsidR="008264A8" w14:paraId="78AE2624" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="75DFE8BC" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7C4B8805" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 7 – Barriere architettoniche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="073F5502" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="4BFA3CDF" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="23ACE939" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59FE1259" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>L'intervento:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B7BEBBA" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0312CA49" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>a)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> □  NON è soggetto alle prescrizioni degli art. 77 del D.P.R. 380/2001 e del D.M. 236/1989 e dell'art. 80 del Regolamento Edilizio </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(specificare) _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C0F0501" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="02E6FFDB" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="073FC751" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...20 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="72F223EA" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(nel caso, non compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34CE1AA2" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...14 lines deleted...]
-    <w:p w14:paraId="61E09922" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4E58B10D" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B8D2B65" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ è soggetto alle prescrizioni  degli </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>art. 77 del D.P.R. 380/2001</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> / del </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>D.M. 236/1989 /</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>art. 80 del Regolamento Edilizio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> e come da allegata relazione e schemi grafici dimostrativi, e specifica dichiarazione di conformità, e soddisfa il requisito di:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="005F96DB" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="31C69C35" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="510"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="510"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>accessibilità</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E2AF971" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2B6360EA" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="510"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="510"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>visitabilità</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01B05280" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1E89CBAC" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="510"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="510"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ adattabilità</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6459B052" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="27575715" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FCE1FFE" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5CB4930C" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ pur essendo soggetto alle prescrizioni degli </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>art. 77 del D.P.R. 380/2001</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> / del </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>D.M. 236/1989 /</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> dell'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>art. 80 del Regolamento Edilizio,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> NON rispetta la normativa in materia di barriere architettoniche pertanto è stata ottenuta la relativa deroga (nota prot.___________ del___________)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01AE3AD4" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...25 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="167A2C12" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67F979EA" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9655" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC6E43" w14:paraId="58473146" w14:textId="77777777">
+      <w:tr w:rsidR="008264A8" w14:paraId="34B96923" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4CDD13A3" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:p w14:paraId="68C6FBDE" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 8 – Codice della strada</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3E3A3B32" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="4803365C" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="5AFDD52A" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E494EAC" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...44 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ l'intervento non è soggetto alla verifica del rispetto  del Codice della Strada – D.Lgs 285/92 e s.m.i. e relativo Regolamento attuativo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(nel caso, non compilare casella successiva)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56E78A97" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...16 lines deleted...]
-    <w:p w14:paraId="0BBCB6FF" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1D5C01DD" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DC04BE8" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61C51CF1" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="052CEE35" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...61 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ l'intervento è conforme al Codice della Strada – D.Lgs 285/92 e s.m.i. e relativo Regolamento attuativo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27BB2286" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(specificare) ____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F9F523F" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...21 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="51283C28" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E232489" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...16 lines deleted...]
-    <w:p w14:paraId="353D7A1B" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="0F989D55" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CD86E56" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9659" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9659"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC6E43" w14:paraId="26CEE1CD" w14:textId="77777777">
+      <w:tr w:rsidR="008264A8" w14:paraId="1CDA3679" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="12822B96" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:p w14:paraId="460DDCBE" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 9  - PGRA - Piano Gestione Rischio Alluvioni – R.R. 20/6/2025 n.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="69B933D0" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="7A688470" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Helvetica-Bold" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="01059133" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16ADBDA4" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ opera NON soggetta a verifica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(nel caso, non compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DA014D0" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...11 lines deleted...]
-    <w:p w14:paraId="114B4DC0" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="22510749" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="199132AB" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10F28A0E" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="725197F8" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ opera soggetta a verifica relativa ad immobile/area:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43A7039E" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="3F3FFABB" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1482B8AB" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ NON</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ricompreso/a in nessuna fascia di p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>ericolosità alluvionale fluviale o costiera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">, di rispetto o di riassetto fluviale; </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(nel caso, non compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AC06737" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="75F33EB3" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12446D8B" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="0FB95D47" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ in area a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Pericolosità Alluvionale Fluviale </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...87 lines deleted...]
-        <w:t xml:space="preserve">□ nella </w:t>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">di cui all'art 5, 6, e 7 del R.R. n.1 del </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> non compreso nei tratti studiati idraulicamente </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">20/6/2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="553C3732" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="021E612B" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="510"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ Elevata P3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62826697" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="510"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ Media P2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FA6A2FF" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="510"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>□ Bassa P1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76C7EFF1" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F4CF28C" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ nella </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>fascia di rispetto del corso d’acqua</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non compreso nei tratti studiati idraulicamente </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">di cui all'art 13 del R.R. n.1 del </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>20/6/2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> da misurarsi ai sensi del R.R n. 3/2011 ed individuati nella cartografia del Reticolo regionale approvata dalla Regione</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ed in particolare:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(compilare le caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4389E079" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...4 lines deleted...]
-    <w:p w14:paraId="1B7562EB" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7601EAC1" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4297DEBB" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="510"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ all'interno della fascia di rispetto del reticolo idrografico Primo Livello (40m)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01608680" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="57488612" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="510"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ all'interno della fascia di rispetto del reticolo idrografico Secondo Livello (20m)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F1487A8" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="144C4E16" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="510"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ all'interno della fascia di rispetto del reticolo idrografico Terzo Livello (10m)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01A529DA" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4E5C6AE6" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="510"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ all'interno della fascia di rispetto del reticolo idrografico di un corso  d'acqua classificati, ai sensi della lett. c), c. 1bis, art. 91, LR 18/1999, come IBRIDO (10m)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38434BEA" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="4A7DC947" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...10 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="569F8CD2" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ in area a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Pericolosità Alluvionale Costiera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">di cui all'art 8 e 9 del R.R. n.1 del </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>20/6/2025</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(compilare le caselle successive</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6730365B" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="41EA40EF" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="3FA2307A" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52C9F933" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="510"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Elevata P3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C2A95FB" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2969F458" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="1417"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ ricompresa in area di spiaggia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18C899F9" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="60CF8D23" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="1417"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
         <w:t>□ non ricompresa in area di spiaggia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62C7AC7D" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="15666843" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="510"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="213118BF" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14BA7F13" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="510"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ Media P2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="738F08FD" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="51A9C03C" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="1417"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ ricompresa in area di spiaggia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5158B530" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7840B0CF" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="1417"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ non ricompresa in area di spiaggia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="532BE633" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...17 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="64CBEE6E" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E86EE43" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ nella fascia di </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">riassetto fluviale di cui all'art 12 del R.R. n.1 del </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>20/6/2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="502C79CA" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="196F8DA8" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="55491725" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="679A2FAF" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>CONFORMITA’:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (da compilare sempre)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7009BB55" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...13 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="21243B9F" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Alla luce delle suddette attestazioni e della relativa normativa di riferimento, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>il sottoscritto dichiara espressamente che:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4064A45D" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="060FFD96" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E800729" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>l'intervento previsto NON AUMENTA LA VULNERABILITA’ del patrimonio edilizio esistente in caso di eventi alluvionali e pertanto:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26418FA0" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="009F750F" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="3C2FBB47" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l’intervento è ammesso e conforme alla normativa di cui al R.R. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>20/6/2025 n.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005A66AB" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>l’intervento è</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">ininfluente </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(esplicitare eventuali note, considerazioni in relazione al tipo di intervento previsto in rapporto alla normativa dei piani di gestione alluvionale)________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E305795" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...18 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="272153AA" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F9C98DD" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...17 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="44935FCF" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65A136CA" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="64CF5B5E" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="74BFE1C9" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01F116D2" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">(da barrare sempre in caso di interventi in area di </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>pericolosità da alluvione fluviale</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0045C646" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="19051876" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  l’intervento a progetto NON PREGIUDICA la sistemazione idraulica definitiva del corso d’acqua, NON AUMENTA la pericolosità di inondazione ed il rischio connesso, sia localmente, sia a monte che a valle, e NON COSTITUISCE SIGNIFICATIVO OSTACOLO al deflusso delle acque di piena, e NON RIDUCE la capacità di invaso delle aree stesse;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FD40E6D" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="738813C0" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="553A1868" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="466A9606" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">(da barrare sempre in caso di interventi in area di </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>pericolosità da alluvione costiera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30C72774" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="020A45F7" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□  L' intervento a progetto non  pregiudica l’effetto dissipativo della spiaggia, non costituisce un significativo ostacolo alla dissipazione del moto ondoso, non aumenta la pericolosità di inondazione ed il rischio connesso nelle aree limitrofe</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="634158BE" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="5F2AC9C7" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...15 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="078BC837" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t>ossia interventi di tipo urbanistico-edilizio ricadenti in area confinante con i limiti delle aree a diversa pericolosità P1, P2 e P3, rispetto alle aree in cui ricadono gli interventi stessi</w:t>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>L’intervento ricade tra quelli soggetti alla preventiva verifica comunale o parere vincolante dell’ufficio regionale competente, ai sensi dell'art. 14 del R.R.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve">20/6/2025 n.1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ossia </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>interventi di tipo urbanistico-edilizio ricadenti in area confinante con i limiti delle aree a diversa pericolosità P1, P2 e P3, rispetto alle aree in cui ricadono gli interventi stessi</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="188CA632" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...13 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...34 lines deleted...]
-        <w:snapToGrid w:val="0"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>pertanto</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66D09930" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="4642B6E5" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> si trasmette in allegato alla pratica edilizia, la specifica documentazione tecnica, atta a dimostrare che </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>le opere non comportano variazioni nelle condizioni di pericolosità da alluvione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in caso di </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>interventi di demolizione e ricostruzione o di trasformazione morfologica, al fine dell'acquisizione del parere vincolante dell’ufficio regionale competente</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B91BC26" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50EBE55B" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9659" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9659"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC6E43" w14:paraId="2E911DC1" w14:textId="77777777">
+      <w:tr w:rsidR="008264A8" w14:paraId="6EAC2028" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="086F3D58" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:p w14:paraId="04CAAF1A" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 10 -Fasce di inedificabilità assoluta - R.R. n.3 del 14 luglio 2011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="102F4537" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="5C5A82B5" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...15 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1755546A" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ l'intervento non ricade in fascia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>di inedificabilità assoluta;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="248DE8AB" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="3F94273F" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="7323AC01" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31B27354" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A8A9D6F" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="25FF3662" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ l'intervento ricade : </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72C67F51" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4AD61169" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ nella fascia di inedificabilità assoluta (10m),  da misurarsi ai sensi del R.R 3/2011, del corso d'acqua di primo, secondo e terzo livello</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="440F3804" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1166D1BF" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16E4D962" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="308955BE" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ nella fascia di inedificabilità assoluta (3m) da misurarsi ai sensi del R.R 3/2011 appartenente al reticolo minuto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6474359A" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...8 lines deleted...]
-    <w:p w14:paraId="59394D34" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1FAB2D32" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04F1A279" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="57"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">pertanto l'esecuzione delle opere previste è subordinata al rilascio dell'autorizzazione/nulla osta ai fini </w:t>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>pertanto l'esecuzione delle opere previste è subordinata al rilascio dell'autorizzazione/nulla osta ai fini idraulici regionale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ai sensi del Regio Decreto 25/7/1904 n.523 e dell'art. 5 comma 1 del R.R. 14 luglio 2011 n. 3, a tal fine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...17 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">si allega </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>specifica istanza secondo la modulistica regionale che il Comune provvederà ad inoltrare alla Regione stessa come previsto dalla DGR 1205 del 27-12-19.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0653B230" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="44F29E20" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="57"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53E79D4C" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="2AA904DF" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="57"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9659" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9659"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC6E43" w14:paraId="128BEF9C" w14:textId="77777777">
+      <w:tr w:rsidR="008264A8" w14:paraId="1A9A01EF" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="778A5FD9" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:p w14:paraId="312CB149" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quadro 11 PAI - Piano Assetto Idrogeologico</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D73FD2E" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...22 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="2148DB15" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03098362" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">a) □ opera NON SOGGETTA a verifica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(nel caso, non compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FB3B390" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1F01F668" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>oppure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BFC8AF6" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
-[...16 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="2956C947" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>b) □ opera soggetta a verifica relativa ad immobile/area ricadente nella seguente classe:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="726BA534" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="01747CF1" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="624"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ pericolosità moderata (P1) - aree stabili con suscettibilità da dissesti di natura geomorfologica moderata.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26ADB1AE" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6CE9DC5A" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="624"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ pericolosità media (P2) suddivise in due sottoclassi:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7086285D" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="62B74861" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="624"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="65C774EA" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C6094F8" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="1247"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="2FDD1C09" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ (P2a) - aree stabili interessate da dissesti di natura geomorfologica che risultano stabilizzate </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>naturalmente o artificialmente;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="103FBEDF" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="1247"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ (P2b) - aree stabili interessate da suscettibilità di natura geomorfologica media;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="508955BE" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="788A1D24" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="624"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="3FAB3703" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="658CEDC1" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="624"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ pericolosità elevata (P3) suddivise in due sottoclassi: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="266A3187" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6A89F2BB" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="1304"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ (P3a) – aree potenzialmente instabili interessate da dissesti di natura geomorfologica;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52FACDCD" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4931E62C" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="1304"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>□ (P3b) - aree potenzialmente instabili interessate da suscettibilità da dissesti di natura         geomorfologica elevata</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AB60F6E" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="1A57F197" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="624"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="357AE69F" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ADBEBE6" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="624"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ pericolosità molto elevata (P4) - aree instabili interessate da dissesti di natura geomorfologica attivi: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(compilare caselle successive)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46EE3EBF" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="21F59951" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="1304"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>area speciale di tipo A</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CEA0F30" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="66078C32" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:left="1304"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>area speciale di tipo B1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A556A31" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4A9A36DA" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
         </w:tabs>
         <w:ind w:left="1304"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>area speciale di tipo B2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39D7DE20" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
+    <w:p w14:paraId="19371720" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="29714313" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00000000">
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="717ED680" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>CONFORMITA’:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(da compilare sempre)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7926F462" w14:textId="77777777" w:rsidR="00EC6E43" w:rsidRDefault="00EC6E43">
-[...20 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="29F7EF54" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27A522B0" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Alla luce delle suddette attestazioni e della relativa normativa di riferimento, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>il sottoscritto dichiara espressamente che le opere a progetto sono ammesse dalla disciplina di PAI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> e possono essere realizzate nel rispetto della disciplina di Piano come puntualmente valutato e specificato </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>nell'indagine geotecnica / geologica che si allega al progetto.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD2B6C4" w14:textId="77777777" w:rsidR="00A740CE" w:rsidRPr="00EA16BE" w:rsidRDefault="00A740CE" w:rsidP="00A740CE">
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="0530841F" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="314945FF" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="102"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
-        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblW w:w="9636" w:type="dxa"/>
+        <w:tblInd w:w="6" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="75" w:type="dxa"/>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4144"/>
-        <w:gridCol w:w="5494"/>
+        <w:gridCol w:w="4151"/>
+        <w:gridCol w:w="5485"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A740CE" w:rsidRPr="00EA16BE" w14:paraId="6721FA94" w14:textId="77777777" w:rsidTr="00A0276F">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="008264A8" w14:paraId="34A048CA" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2150" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4151" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
-              <w:left w:w="0" w:type="dxa"/>
+              <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
-              <w:right w:w="0" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3ABA6D85" w14:textId="77777777" w:rsidR="00A740CE" w:rsidRPr="00EA16BE" w:rsidRDefault="00A740CE" w:rsidP="00A0276F">
+          <w:p w14:paraId="630F0BF8" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
-              <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA16BE">
+            <w:r>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
-              <w:t>[</w:t>
+              <w:t>Savona, _____________________</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EA16BE">
+          </w:p>
+          <w:p w14:paraId="534B1C1C" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...84 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2850" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5485" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
-              <w:left w:w="0" w:type="dxa"/>
+              <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
-              <w:right w:w="0" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42237E94" w14:textId="77777777" w:rsidR="00A740CE" w:rsidRPr="00EA16BE" w:rsidRDefault="00A740CE" w:rsidP="00A0276F">
+          <w:p w14:paraId="0382310C" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
-              <w:jc w:val="both"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...64 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="66091B64" w14:textId="77777777" w:rsidR="00A740CE" w:rsidRPr="00EA16BE" w:rsidRDefault="00A740CE" w:rsidP="00A0276F">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008264A8" w14:paraId="45EFB57C" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4151" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="04154667" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
-              <w:jc w:val="both"/>
+              <w:snapToGrid w:val="0"/>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA16BE">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5485" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="70" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="70" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3F3A88CD" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
               </w:rPr>
-              <w:t>___________________________</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>Il Progettista</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="439F00D5" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>(timbro e firma)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1572E179" w14:textId="77777777" w:rsidR="00A740CE" w:rsidRDefault="00A740CE" w:rsidP="00A740CE">
+    <w:p w14:paraId="1812222D" w14:textId="77777777" w:rsidR="008264A8" w:rsidRDefault="008264A8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...12 lines deleted...]
-    <w:sectPr w:rsidR="00EC6E43">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="008264A8">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1465" w:left="1134" w:header="720" w:footer="1012" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16680035" w14:textId="77777777" w:rsidR="00847407" w:rsidRDefault="00847407">
+    <w:p w14:paraId="17B6E2ED" w14:textId="77777777" w:rsidR="005D30BE" w:rsidRDefault="005D30BE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6249645D" w14:textId="77777777" w:rsidR="00847407" w:rsidRDefault="00847407">
+    <w:p w14:paraId="64DDAA99" w14:textId="77777777" w:rsidR="005D30BE" w:rsidRDefault="005D30BE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
@@ -10975,88 +9524,73 @@
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol, 'Arial Unicode MS'">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...13 lines deleted...]
-  </w:font>
   <w:font w:name="Helvetica-Bold">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="735E9E6C" w14:textId="77777777" w:rsidR="008A0648" w:rsidRDefault="00000000">
+  <w:p w14:paraId="2C01D82D" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">pag. n. </w:t>
     </w:r>
     <w:bookmarkStart w:id="0" w:name="PageNumWizard_FOOTER_Stile_di_pagina_pre"/>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
@@ -11110,85 +9644,85 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>9</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:bookmarkEnd w:id="0"/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0F6BDA69" w14:textId="77777777" w:rsidR="00847407" w:rsidRDefault="00847407">
+    <w:p w14:paraId="13BB60B3" w14:textId="77777777" w:rsidR="005D30BE" w:rsidRDefault="005D30BE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="10988B28" w14:textId="77777777" w:rsidR="00847407" w:rsidRDefault="00847407">
+    <w:p w14:paraId="4B300B18" w14:textId="77777777" w:rsidR="005D30BE" w:rsidRDefault="005D30BE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0E3B2F16"/>
+    <w:nsid w:val="06441C15"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="4C62AF06"/>
+    <w:tmpl w:val="09EC2386"/>
     <w:styleLink w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:lang w:val="it-IT"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -11233,53 +9767,149 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="625817FF"/>
+    <w:nsid w:val="13B64E7F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="94A876F2"/>
+    <w:tmpl w:val="4CEA4038"/>
+    <w:styleLink w:val="WW8Num3"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="576" w:hanging="576"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="864" w:hanging="864"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1008" w:hanging="1008"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1152" w:hanging="1152"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1296" w:hanging="1296"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1584" w:hanging="1584"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35181828"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FC2CE59E"/>
     <w:styleLink w:val="WW8Num1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:lang w:val="it-IT"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -11323,54 +9953,54 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6D895DC6"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D4D5F75"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6B8E9AEC"/>
+    <w:tmpl w:val="C374DB2C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11410,222 +10040,117 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...95 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="1117984866">
+  <w:num w:numId="1" w16cid:durableId="1352412943">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="189226907">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="2047095208">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="139663010">
-[...2 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="1579824620">
+  <w:num w:numId="4" w16cid:durableId="1783306885">
     <w:abstractNumId w:val="3"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="706"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00EC6E43"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00EC6E43"/>
+    <w:rsidRoot w:val="008264A8"/>
+    <w:rsid w:val="00020254"/>
+    <w:rsid w:val="005D30BE"/>
+    <w:rsid w:val="008264A8"/>
+    <w:rsid w:val="00AC2D53"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6C8603C2"/>
-  <w15:docId w15:val="{FEC4B85E-87F1-4A4C-8D3D-486149D566A5}"/>
+  <w14:docId w14:val="3459FFA3"/>
+  <w15:docId w15:val="{0085296C-E608-4C86-B739-67CFF37C3D35}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Arial"/>
         <w:kern w:val="3"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -11761,51 +10286,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -12019,50 +10544,51 @@
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
     <w:name w:val="Standard"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
+      <w:lang/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading">
     <w:name w:val="Heading"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Textbody"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Textbody">
     <w:name w:val="Text body"/>
     <w:basedOn w:val="Standard"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Elenco">
     <w:name w:val="List"/>
@@ -12478,80 +11004,50 @@
     <w:basedOn w:val="Nessunelenco"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WW8Num2">
     <w:name w:val="WW8Num2"/>
     <w:basedOn w:val="Nessunelenco"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WW8Num3">
     <w:name w:val="WW8Num3"/>
     <w:basedOn w:val="Nessunelenco"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Grigliatabella">
-[...28 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
@@ -12839,50 +11335,50 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>3722</Words>
-  <Characters>21216</Characters>
+  <Words>3625</Words>
+  <Characters>20666</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>176</Lines>
-  <Paragraphs>49</Paragraphs>
+  <Lines>172</Lines>
+  <Paragraphs>48</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24889</CharactersWithSpaces>
+  <CharactersWithSpaces>24243</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>